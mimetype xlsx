--- v0 (2026-01-25)
+++ v1 (2026-03-14)
@@ -1,125 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://undp.sharepoint.com/teams/MDA/operations/eProcureme/Procurement processes/2025/Competitive/ITB25_03170_GT_Strengthening AQM Infrastructure/Ex Ante/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cristina.gnaciuc\Downloads\Amendment 3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{1F99D035-DA99-4650-9F62-968AA6B58FB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1FB32FC2-5D7C-49A2-AEC3-B5B234A23AB7}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2ACC66C0-2550-4DB9-8E63-FBA6AB0C8EE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="720" xr2:uid="{5515E9C8-A501-4D32-9B47-BC0EB1B0C3D5}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="27" r:id="rId1"/>
     <sheet name="1. AQMS Edinet" sheetId="1" r:id="rId2"/>
     <sheet name="2. AQMS Balti" sheetId="3" r:id="rId3"/>
     <sheet name="3. AQMS Balti" sheetId="4" r:id="rId4"/>
     <sheet name="4. AQMS Cahul" sheetId="5" r:id="rId5"/>
     <sheet name="5. AQMS Leova" sheetId="6" r:id="rId6"/>
     <sheet name="6. AQMS Ghidighici" sheetId="7" r:id="rId7"/>
     <sheet name="7. AQMS Chisinau_Center " sheetId="8" r:id="rId8"/>
     <sheet name="8. AQMS Chisinau_Botanica" sheetId="9" r:id="rId9"/>
     <sheet name="9. AQMS Chisinau_Ciocana" sheetId="11" r:id="rId10"/>
     <sheet name="10. AQMS TBC" sheetId="12" r:id="rId11"/>
     <sheet name="11. AQMS Chisinau_Buiucani" sheetId="13" r:id="rId12"/>
     <sheet name="12. AQMS Mateuti" sheetId="15" r:id="rId13"/>
     <sheet name="ITC necesities" sheetId="18" r:id="rId14"/>
     <sheet name="Complementary devices" sheetId="19" r:id="rId15"/>
     <sheet name="Comsumables and spareparts_2 y" sheetId="22" r:id="rId16"/>
     <sheet name="Other services" sheetId="24" r:id="rId17"/>
     <sheet name="Technical specification " sheetId="26" r:id="rId18"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1377" uniqueCount="756">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1408" uniqueCount="778">
   <si>
     <t xml:space="preserve">This document contains the following sheets: 
 </t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Edinet</t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Balti</t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Cahul</t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Leova</t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Ghidighici</t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Chisinau/Center</t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_Chisinau/Botanica</t>
   </si>
@@ -842,65 +840,50 @@
   <si>
     <t>Flow sensors</t>
   </si>
   <si>
     <t>Pressure sensors</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> UV lamp</t>
     </r>
   </si>
   <si>
     <t>In-line filters</t>
   </si>
   <si>
     <t>IR Source</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Filter tape for PM-analyser, if applicable for offered equipment</t>
   </si>
   <si>
     <t>Active carbon, purafil, silicagel</t>
   </si>
   <si>
     <t>External spare pump for each analyzer that are used in monitorg stations</t>
   </si>
   <si>
     <t xml:space="preserve">Teflon Filter </t>
   </si>
   <si>
     <t>set (of 200 pieces)</t>
   </si>
   <si>
     <t>Paper filter (cellulose filter Whatman40)</t>
   </si>
   <si>
     <t>set (of 100 pieces)</t>
   </si>
   <si>
     <t>Pietridishes</t>
   </si>
   <si>
     <t>sets (of 200 pieces)</t>
@@ -935,53 +918,50 @@
       <t>(please specify)</t>
     </r>
   </si>
   <si>
     <t>Technical specifications applied for all requested equipment for the Air Quality Monitoring Stations</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t xml:space="preserve">Equipment </t>
   </si>
   <si>
     <t>Technical Specifications</t>
   </si>
   <si>
     <t>Equipment housing</t>
   </si>
   <si>
     <t>Stand-alone self-contained cabinet</t>
   </si>
   <si>
     <t xml:space="preserve">Minimal dimensions: pls see the requirements for each station. </t>
   </si>
   <si>
-    <t>Walls: 35 mm sandwich panel, both sides of the panels are of texture, galvanized and coated steel sheet, fireproof.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ingress Protection (IP) rating - IP56 enclosure</t>
   </si>
   <si>
     <t>Materials: long time persistent material to high ultraviolet radiation, humidity, dust and corrosive environment</t>
   </si>
   <si>
     <t>Thermal insulation, heat transfer coefficient: &lt; 0.6W/m2</t>
   </si>
   <si>
     <t>Roof: flat to enable fixing of sampling systems, covered with anti-slip material and properly fenced (safety aspect, prevention of falling from the roof), sufficient drainage or gradient to prevent accumulation of water, capable of minimum 300 kg loading, access by stairs or ladder. The roof should be equipped with sealable penetrations for instrument sampling probes. Location, dimensions and numbers of the penetrations must be agreed with the final customer at the designing stage.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Door: width 0.9 m, height 2 m, lockable with a set of 5 keys. </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Note that the same keys need to fit to all stations.   </t>
     </r>
@@ -1085,56 +1065,50 @@
   <si>
     <t>Short circuit, overvoltage and overcurrent protection (fuse),</t>
   </si>
   <si>
     <t>Resistance to electrostatic discharges,</t>
   </si>
   <si>
     <t>All protective equipment must operate in the range - 40....+60 degrees Celsius,</t>
   </si>
   <si>
     <t>Electrical safety for electrical measuring equipment (e.g. IEC 62368-1 or IEC 61010-1</t>
   </si>
   <si>
     <t>Lightning protection</t>
   </si>
   <si>
     <t>Kit for grounding and protecting electrical equipment against lightning that need to contain a sharp stake with dimensions 20 mm x 1.5 m x 6 m copper</t>
   </si>
   <si>
     <t>Uninterruptible Power Supply</t>
   </si>
   <si>
     <t>RACK-MOUNTABLE UNINTERRUPTIBLE POWER SOURCE (UPS)</t>
   </si>
   <si>
-    <t>Form factor: 19-inch rackmount UPS with integrated battery pack</t>
-[...4 lines deleted...]
-  <si>
     <t>Topology and power: On-line double conversion with PFC with rated Power of min. 5kVA.</t>
   </si>
   <si>
     <t>Management ports: USB, supports Network Management Module, LCD display with button interface for status and diagnostics</t>
   </si>
   <si>
     <t xml:space="preserve">Input Specifications: Single-phase input </t>
   </si>
   <si>
     <t>Short Circuit Current: 120 A</t>
   </si>
   <si>
     <t>Output Specifications: Single-phase output with voltages of min. 208/220/230/240/250V (+/- 1%).</t>
   </si>
   <si>
     <t>Efficiency: Up to 98%</t>
   </si>
   <si>
     <t>Expected Battery Life (years): Min 3 years</t>
   </si>
   <si>
     <t>Output Connections: Rackable grounded PDUs must be supplied to accommodate minimum 24 C13 or Schuko outlets.</t>
   </si>
   <si>
     <t>Battery Specifications and extended runtime: Maintenance-free, rechargeable, valve-regulated lead-acid batteries; support of a minimum of 2 extended runtime modules per UPS.</t>
@@ -1158,53 +1132,50 @@
     <t>Air Conditioning Unit</t>
   </si>
   <si>
     <t xml:space="preserve">Efficiency: A++ </t>
   </si>
   <si>
     <t xml:space="preserve">Must be able to maintain the internal temperature at 15-25°C (tolerance ± 2°C) </t>
   </si>
   <si>
     <t>Nominal voltage: 220-230 V,</t>
   </si>
   <si>
     <t>Nominal frequency: 50 Hz,</t>
   </si>
   <si>
     <t>Cooling capacity 3.5 kW,</t>
   </si>
   <si>
     <t>Heating capacity: 3.8 kW</t>
   </si>
   <si>
     <t>Refrigerant: R32</t>
   </si>
   <si>
     <t>Special functions: self-diagnosis, automatic restart</t>
-  </si>
-[...1 lines deleted...]
-    <t>Warranty: minimum 5 years</t>
   </si>
   <si>
     <t>Rack suitable for offered monitoring equipment</t>
   </si>
   <si>
     <t>Dimension: 19”</t>
   </si>
   <si>
     <t>Desk with two drawers</t>
   </si>
   <si>
     <t>Dimensions: approx. 1400 mm (L), 800 mm (W), 800 mm (H).</t>
   </si>
   <si>
     <t>Desktop: min. 25 mm MFC/MDF with ABS edging, load capacity 50 kg.</t>
   </si>
   <si>
     <t>Structure: stable frame with 2 drawers on metal runners.</t>
   </si>
   <si>
     <t>Chair</t>
   </si>
   <si>
     <t>Adjustable seat height: 400–520 mm, ergonomic backrest with tilt/lock.</t>
   </si>
@@ -1394,53 +1365,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> size selective inlet or non-size selective inlet in case of optical method; straight metal pipe of stainless steel or stainless steel with humidity extraction</t>
     </r>
   </si>
   <si>
     <t>Ranges/Ranging: 0-5,000 µg/m3; user selectable ranges, manual, automatic and remote-controlled ranging</t>
   </si>
   <si>
     <t>Unit: µg/m3</t>
   </si>
   <si>
     <t>Lower detectable limit: ≤ 2 µg/m3 (24 hour)</t>
   </si>
   <si>
     <t>Precision: 1 µg/m3</t>
   </si>
   <si>
     <t>Measuring cycles: 1 min to 1 h</t>
   </si>
   <si>
     <t>Flow rate: Automatic flow rate control, flow rate accuracy:  ≤ 2 % of sampling flow rate</t>
   </si>
   <si>
-    <t>Operating temperature: 0 – 50 °C</t>
-[...1 lines deleted...]
-  <si>
     <t>Environmental parameter: Ambient humidity: 0-90% RH, noncondensing Ambient temperature: -30 to +50°C</t>
   </si>
   <si>
     <t>Output: Serial interface RS-232/RS-485 and USB interface and/or ethernet</t>
   </si>
   <si>
     <t>Data storage: Capacity to store at least three months of data</t>
   </si>
   <si>
     <t>Power supply: 220-240 V, 50-60 Hz</t>
   </si>
   <si>
     <t>Automatic analyzer for ozone (O3)</t>
   </si>
   <si>
     <t>Operation Principle: UV absorption (EN 14625:2024)</t>
   </si>
   <si>
     <t>Certification: According to EN 15267:2024</t>
   </si>
   <si>
     <t>Ranges/Ranging: Min: 0-100 ppb full scale, max: 0-10,000 ppb and adjustable for other ranges; manual, automatic and remote-controlled ranging</t>
   </si>
   <si>
     <r>
@@ -1500,1100 +1468,875 @@
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">&lt; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>0.50 ppb</t>
     </r>
   </si>
   <si>
     <t>Zero drift: &lt; 1.0 ppb (24 hours)</t>
   </si>
   <si>
     <t>Span drift: &lt; 1.0 % of reading (24 hours)</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Precision: </t>
+      <t xml:space="preserve">Linearity: </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
       <t xml:space="preserve">£ </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>1 ppb</t>
-[...22 lines deleted...]
-      </rPr>
       <t>1% of the measured value (full scale)</t>
     </r>
   </si>
   <si>
     <t>Response time (T90): &lt; 120 sec</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Operating temperature: 5 – 40 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Symbol"/>
         <family val="1"/>
         <charset val="2"/>
       </rPr>
       <t>°</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>C</t>
     </r>
   </si>
   <si>
     <t>Input: Standard I/O</t>
   </si>
   <si>
-    <t>Output: Serial interface RS-232/RS-485 and USB interface, 1 Ethernet 10/100, status relays (failure, zero, span), optional selectable voltage, analogue voltage output, software selectable range, at least one 4-20 mA current output and power indication</t>
-[...1 lines deleted...]
-  <si>
     <t>Compensation: Automatic energy, temperature and pressure compensation</t>
   </si>
   <si>
     <t>Function Control: Function control of 2 points (zero and span) automatically (every 23 or 25 hours), manual and remote controlled</t>
   </si>
   <si>
     <t>Zero / Span: Internal ozone generator, zero air cartridges (or other similar system)</t>
   </si>
   <si>
     <t>Calibration unit: Ozone generator controlled via RS232 interface, multiple ozone levels from 0 to 500 ppb, MFC controlled gas flow 0 – 5 l/min</t>
   </si>
   <si>
     <t>Display: Multi-character with indication of all parameters at the same time and alarms/errors</t>
   </si>
   <si>
     <t>Dimensions: Fit into a standard 19" rack</t>
   </si>
   <si>
     <t>Accessories: At least 3 m teflon sampling tubing and necessary connection elements. Variable bolts, nuts, cable binders and other fixing materials</t>
   </si>
   <si>
     <t>Automatic analyzer for nitrogen oxides (NO, NO2, NOX)</t>
   </si>
   <si>
     <t>Operation Principle: Chemiluminescence (EN 14211:2024)</t>
   </si>
   <si>
     <t>Ranges/Ranging: Min: 0-5 ppb full scale, max: 0-1,000 ppb and adjustable for other ranges; manual, automatic and remote-controlled ranging</t>
   </si>
   <si>
     <t>Unit: µg/m3, ppb (selectable)</t>
+  </si>
+  <si>
+    <t>Precision: 0.5 % of reading</t>
+  </si>
+  <si>
+    <t>Linearity: ≤1% of the measured value (full scale)</t>
+  </si>
+  <si>
+    <t>Response time (T90): &lt; 60 sec</t>
+  </si>
+  <si>
+    <t>Operating temperature: 5 – 40 °C</t>
+  </si>
+  <si>
+    <t>Output: Serial interface RS-232/RS-485 and USB interface, 1 Ethernet 10/100, status relays (failure, zero, span)</t>
+  </si>
+  <si>
+    <t>Compensation: Automatic temperature and pressure compensation</t>
+  </si>
+  <si>
+    <t>Zero / Span: Permeation oven, permeation tube, zero air cartridges (or other similar system)</t>
+  </si>
+  <si>
+    <t>Calibration unit: Dilution unit for NO span gas (30 ppm) with integrated ozone generator for GPT, RS232 controlled, MFC controlled zero air flow 0 – 5 l/min, MFC controlled NO span gas flow 0 – 50 ml/min, gas cylinder approx. 30 ppm NO in N2 including pressure reducer (full pressure: 150 bar, stability period: minimum 12 months, accuracy</t>
+  </si>
+  <si>
+    <t>Display: Multi-character with indication of all parameters (NO, NO2, NOx) at the same time and alarms/errors</t>
+  </si>
+  <si>
+    <t>Accessories: At least 3 m teflon sampling tubing and necessary connection elements. Variable bolts, nuts, cable binders and other fixing materials.</t>
+  </si>
+  <si>
+    <t>Automatic analyzer for carbon monoxide (CO)</t>
+  </si>
+  <si>
+    <t>Operation Principle: Non-dispersive infrared spectroscopy using gas filter correlation (EN 14626:2024)</t>
+  </si>
+  <si>
+    <t>3.         Ranges/Ranging: Min: 0-1 ppm full scale, max: 0-1,000 ppm and adjustable for other ranges</t>
+  </si>
+  <si>
+    <t>Ranges/Ranging: Min: 0-1 ppm full scale, max: 0-1,000 ppm and adjustable for other ranges. Manual, automatic and remote-controlled ranging</t>
+  </si>
+  <si>
+    <t>Unit: µg/m3, mg/m3, ppb, ppm (selectable)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Zero noise: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">&lt; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">25 ppt     Not TL </t>
-[...18 lines deleted...]
-      <t xml:space="preserve"> 0.2 ppb</t>
+      <t>0.02 ppm</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Lower detectable limit: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">&lt; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">50 ppt     Not TL </t>
-[...10 lines deleted...]
-    </r>
+      <t>0.04 ppm</t>
+    </r>
+  </si>
+  <si>
+    <t>Zero drift: &lt; 0.1 ppm (24 hours)</t>
+  </si>
+  <si>
+    <t>Operating temperature: 5–40 °C</t>
+  </si>
+  <si>
+    <t>Power supply: 220–240 V, 50-60 Hz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Compensation: Automatic temperature and pressure compensation</t>
+  </si>
+  <si>
+    <t>Function Control: Function control of 2 points (zero and span) automatically (every 23 or 25 hours), manual and remote controlled.</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> 0.4 ppb</t>
-[...4 lines deleted...]
-      <t xml:space="preserve">Zero drift: &lt; 0.1 ppb (24 hours) Not TL </t>
+      <t>Zero / Span check: CO gas cylinder, internal zero filter / zero air cartridges (or other similar system</t>
     </r>
     <r>
       <rPr>
-        <u/>
+        <sz val="10"/>
+        <color rgb="FF124F1A"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>)</t>
+    </r>
+  </si>
+  <si>
+    <t>Calibration unit: Dilution unit for CO span gas controlled via RS232, MFC controlled zero air flow 0 – 5 l/min, MFC controlled span gas flow 0 – 50 ml/min, gas cylinder CO approx. 80 ppm in synthetic air (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer</t>
+  </si>
+  <si>
+    <t>Automatic analyzer for sulphur dioxide (SO2)</t>
+  </si>
+  <si>
+    <t>Operation Principle: UV fluorescence (EN 14212:2024)</t>
+  </si>
+  <si>
+    <t>Ranges/Ranging: Min: 0-5 ppb full scale, max: 0-2,000 ppb and adjustable for other ranges. Manual, automatic and remote-controlled ranging</t>
+  </si>
+  <si>
+    <t>Response time (T90): &lt; 140 sec</t>
+  </si>
+  <si>
+    <t>Compensation: Automatic UV energy, temperature and pressure compensation</t>
+  </si>
+  <si>
+    <t>Calibration unit: Permeation system controlled via RS232 interface, temperature stability of permeation oven &lt; 0.1°C, span gas flow 0 – 5 l/minute, MFC controlled flow, SO2 permeation tube approx. 250 ng/min at 50°C, lifetime of the permeation tube shall be at least 18 months.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">General Requirements: </t>
+  </si>
+  <si>
+    <t>Designed for continuous, online measurement of benzene and related aromatic VOCs (at least BTEX: benzene, toluene, ethylbenzene, xylenes) in ambient air.</t>
+  </si>
+  <si>
+    <t>Measurement method: automated gas chromatography (GC) with integrated pre-concentration, equipped with a suitable detector (PID or FID).</t>
+  </si>
+  <si>
+    <t>Comply with the EU Ambient Air Quality Directive 2008/50/EC (and amendments) and relevant CEN standards for VOC measurement (EN 14662-3).</t>
+  </si>
+  <si>
+    <t>Suitable for operation in air quality monitoring stations (outdoor environment, sheltered, with power supply, temperature-controlled).</t>
+  </si>
+  <si>
+    <t>Measurement Performance:</t>
+  </si>
+  <si>
+    <t>Measurands: At least benzene, toluene, ethylbenzene, o-, m-, p-xylene. Optionally styrene, 1,3-butadiene, other VOCs.</t>
+  </si>
+  <si>
+    <t>Detection limit (LOD): ≤ 0.1 µg/m³ (benzene), or better.</t>
+  </si>
+  <si>
+    <t>Lower measurement range: from 0.1 µg/m³.</t>
+  </si>
+  <si>
+    <t>Upper measurement range: up to at least 50 µg/m³.</t>
+  </si>
+  <si>
+    <t>Accuracy / uncertainty: shall meet Directive 2008/50/EC requirement for benzene (data quality objective: 25% uncertainty, 90% data capture).</t>
+  </si>
+  <si>
+    <t>Repeatability: ≤ 2% at relevant concentrations.</t>
+  </si>
+  <si>
+    <t>Linearity: ± 5% over full measurement range.</t>
+  </si>
+  <si>
+    <t>Time resolution: ≤ 1 hour (shorter averaging possible).</t>
+  </si>
+  <si>
+    <t>Response time: ≤ 30 minutes for benzene.</t>
+  </si>
+  <si>
+    <t>Technical Features:</t>
+  </si>
+  <si>
+    <t>Detection principle:</t>
+  </si>
+  <si>
+    <t>-             Preferred: GC with Flame Ionization Detector (FID) for sensitivity, linearity, robustness.</t>
+  </si>
+  <si>
+    <t>-             Alternative: GC with Photoionization Detector (PID) if proven to achieve detection at benzene limit value (5 µg/m³ annual mean) and below.</t>
+  </si>
+  <si>
+    <t>Sample handling: automatic pre-concentration system (adsorbent trap, thermal desorption, or equivalent).</t>
+  </si>
+  <si>
+    <t>Feed gases (if FID): external or built-in provision for hydrogen, zero air, carrier gas (e.g. nitrogen/helium). Gas consumption must be specified and required gas for the operation has to be included (gas needed for 1 to 2 years operation).</t>
+  </si>
+  <si>
+    <t>Automatic calibration: system shall support zero/span checks (with calibration gas input).</t>
+  </si>
+  <si>
+    <t>Internal standard: optional but desirable for improved stability.</t>
+  </si>
+  <si>
+    <t>Operating conditions:</t>
+  </si>
+  <si>
+    <t>Data Handling &amp; Integration</t>
+  </si>
+  <si>
+    <t>Digital outputs: RS232/RS485, TCP/IP, USB, or equivalent.</t>
+  </si>
+  <si>
+    <t>Data formats: compatible with central data acquisition systems (CSV, XML, AirBase formats).</t>
+  </si>
+  <si>
+    <t>Local storage: minimum 30 days of raw and processed data.</t>
+  </si>
+  <si>
+    <t>Remote access: possibility for diagnostics, software updates, and data retrieval.</t>
+  </si>
+  <si>
+    <t>Quality Assurance / Quality Control</t>
+  </si>
+  <si>
+    <t>Instrument must be CEN-certified or equivalent (EN 14662-3).</t>
+  </si>
+  <si>
+    <t>Supplier must provide documentation of certification, performance tests, and uncertainty assessment.</t>
+  </si>
+  <si>
+    <t>Instrument shall allow regular field calibration with standard gas mixtures. Calibration gas(es) cylinder(s) should be included with certified concentration.</t>
+  </si>
+  <si>
+    <t>Maintenance intervals shall not be less than 6 months (excluding calibration).</t>
+  </si>
+  <si>
+    <t>Sampler for cations and anions on PM2.5 filters
+Sampler for cations and anions on PM10 filters
+Sampler for heavy metals on PM10 filters
+Sampler for polycyclic aromatic hydrocarbons on PM10 filters
+Sampler for Benzo[a]pyrene (polycyclic aromatic hydrocarbons) on PM10 filters
+Heavy metals sampler</t>
+  </si>
+  <si>
+    <t>Operation Principle: Gravimetric mass determination according to EN 12341:2023</t>
+  </si>
+  <si>
+    <t>Single-filter sampling period: 24 h ± 1 h</t>
+  </si>
+  <si>
+    <r>
+      <t>Sampling inlet design: PM</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>&lt;</t>
+      <t>10</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> 0.4 ppb</t>
-[...52 lines deleted...]
-      <t xml:space="preserve">Zero noise: </t>
+      <t xml:space="preserve"> and PM</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">2.5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">inlets, according to EN 12341:2023 </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Flow rate: Nominal flow rate: 2.3 m3/h at ambient conditions Constancy of sample volumetric flow: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">&lt; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>0.02 ppm</t>
-    </r>
+      <t>2% sampling time</t>
+    </r>
+  </si>
+  <si>
+    <t>2 Filter magazine per sampler: e.g. for 17 filters, peltier element for cooling and heating the filter magazine &lt; 20°C.</t>
+  </si>
+  <si>
+    <t>Operation temperature range: 5°C to 40°C surrounding air temperature (in container)</t>
+  </si>
+  <si>
+    <t>Availability: &gt; 90 % (in a period of three month)</t>
+  </si>
+  <si>
+    <t>Period of unattended operation: minimum of 14 days by using automatic filter change</t>
+  </si>
+  <si>
+    <t>Control: microprocessor control, programmable starting time. Sampling data output: via serial RS 232 port or TCP/IP (LAN). Continuous recording of operational parameters (at least flow rate, pressure drop across the filter, sampling time and sample volume, air temperature in filter section, temperature of filter storage, during operation (sampling and idle phase).</t>
+  </si>
+  <si>
+    <t>Power supply: 230 Vac/ 50 Hz ±10 %</t>
+  </si>
+  <si>
+    <t>Installation: Suitable for outdoors use (outdoor cabinet included)</t>
+  </si>
+  <si>
+    <t>Manual low volume PM sampler (LVS) (PM10 and PM2,5)</t>
+  </si>
+  <si>
+    <t>General Requirements:</t>
+  </si>
+  <si>
+    <t>Designed for gravimetric determination of PM₁₀ and PM₂.₅ in ambient air.</t>
+  </si>
+  <si>
+    <t>Comply with the reference method defined in the EU Ambient Air Quality Directive 2008/50/EC and related standards: EN 12341:2023 – “Ambient air – Standard gravimetric measurement method for the determination of the PM₁₀ or PM₂.₅ mass concentration of suspended particulate matter.”</t>
+  </si>
+  <si>
+    <t>Suitable for outdoor operation in fixed air quality monitoring stations and in stand-alone field sites.</t>
+  </si>
+  <si>
+    <t>Sampling Performance:</t>
+  </si>
+  <si>
+    <t>Sampling flow rate: nominal 2.3 m³/h ± 5% (as required in EN 12341:2023).</t>
+  </si>
+  <si>
+    <t>Flow control: fully automatic, electronically controlled with continuous feedback; accuracy ± 2% of set point.</t>
+  </si>
+  <si>
+    <t>Flow measurement: based on mass flow or volumetric flow with temperature and pressure compensation.</t>
+  </si>
+  <si>
+    <t>Sampling time: programmable, up to 24-hour sampling period, with start/stop timers and programmable calendar.</t>
+  </si>
+  <si>
+    <t>Size-selective inlets:</t>
+  </si>
+  <si>
+    <t>o     PM₁₀ inlet – compliant with EN 12341:2023 cut-off characteristics.</t>
+  </si>
+  <si>
+    <t>o     PM₂.₅ inlet – compliant with EN 12341:2023 cut-off characteristics.</t>
+  </si>
+  <si>
+    <t>o     Interchangeable design preferred.</t>
+  </si>
+  <si>
+    <t>Filter holder: capable of holding 47 mm or 50 mm filters (standard quartz, Teflon, or glass fiber).</t>
+  </si>
+  <si>
+    <t>Leak check: automatic leak test capability before/after sampling.</t>
+  </si>
+  <si>
+    <t> Instrument Construction:</t>
+  </si>
+  <si>
+    <t>Instruments will be placed inside the air quality monitoring station operation (–20 to +40 °C). Sampling tube will go through station roof and inlet is located outside. Double tube construction should be included; cabin air is used for heating inner sampling tube or using external heater.</t>
+  </si>
+  <si>
+    <t>User interface: digital display and keypad or touchscreen for flow control, sample programming, and status monitoring.</t>
+  </si>
+  <si>
+    <t>Data logging: sampling duration, average flow, flow deviations, temperature, pressure, and alarms stored in internal memory (minimum 1 year of data).</t>
+  </si>
+  <si>
+    <t>Communication: USB port or RS232/RS485 for data download; optional remote access (GSM/4G modem or Ethernet).</t>
+  </si>
+  <si>
+    <t>Power supply: 220–240 V, 50 Hz; low power consumption (&lt;100 W typical).</t>
+  </si>
+  <si>
+    <t>Quality Assurance / Quality Control:</t>
+  </si>
+  <si>
+    <t>Instrument must be certified or type-approved according to EN 12341:2023 reference method (documentation to be provided by supplier).</t>
+  </si>
+  <si>
+    <t>Flow calibration shall be possible using an external reference flow calibrator (not proprietary, EN 12341:2023 traceable).</t>
+  </si>
+  <si>
+    <t>Instrument shall include alarms for flow deviation, power failure, leak detection, and filter holder errors.</t>
+  </si>
+  <si>
+    <t>Instrument shall record data also when it is on but not sampling; e.g. when the sampled filter is in the sampler.</t>
+  </si>
+  <si>
+    <r>
+      <t>Delivery must include at minimum</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>:</t>
+    </r>
+  </si>
+  <si>
+    <t>PM₁₀ and PM₂.₅ inlets (1 each per sampler).</t>
+  </si>
+  <si>
+    <t>Filter holders; sufficient for continuous operation including storage, at least 10 filter holders per sampler</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FILTERS </t>
+  </si>
+  <si>
+    <t>Filter case;  for filter storage in filter holders in station fridge etc.</t>
+  </si>
+  <si>
+    <t>Calibration kit / adapter for external flow calibrator.</t>
+  </si>
+  <si>
+    <t>Spare parts and consumables for at least 2 year of operation (fuses, tubing, seals, etc.).</t>
+  </si>
+  <si>
+    <t>Type of equipment</t>
+  </si>
+  <si>
+    <t>Automatic precipitation sampler, wet-only type, with the capability for sequential collection in multiple separate containers.</t>
+  </si>
+  <si>
+    <t>Designed for use in the national air quality and environmental monitoring network.</t>
+  </si>
+  <si>
+    <t>Compliant with the requirements of the EMEP/UNECE programme for precipitation collection and analysis.</t>
+  </si>
+  <si>
+    <t>Ensures representative samples for the analysis of:</t>
+  </si>
+  <si>
+    <t>Cations: Na⁺, K⁺, Ca²⁺, Mg²⁺, NH₄⁺</t>
+  </si>
+  <si>
+    <r>
+      <t>Anions</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Cl⁻, SO₄²⁻, NO₃⁻</t>
+    </r>
+  </si>
+  <si>
+    <t>Operating mode</t>
+  </si>
+  <si>
+    <t>Automatic opening only during precipitation events (detection via heated rain sensor).</t>
+  </si>
+  <si>
+    <t>During dry periods, the system remains closed to prevent contamination from dust and dry deposition.</t>
+  </si>
+  <si>
+    <t>Automatic switching between containers (8–10 positions) for separate collection of each precipitation event.</t>
+  </si>
+  <si>
+    <t>Collection surface and system</t>
+  </si>
+  <si>
+    <t>Collection funnel: standardized diameter 160 mm ± 10 mm (EMEP standard).</t>
+  </si>
+  <si>
+    <t>Material: inert (Teflon, high-density polyethylene, or inert-coated stainless steel).</t>
+  </si>
+  <si>
+    <t>Bird and leaf protection</t>
+  </si>
+  <si>
+    <t>Collection containers</t>
+  </si>
+  <si>
+    <t>8–10 containers, each with a usable volume of 1–2 liters.</t>
+  </si>
+  <si>
+    <t>Material: polyethylene or inert glass, compatible with cation/anion chemical analyses.</t>
+  </si>
+  <si>
+    <t>Positioned in a rotating drum or equivalent system, operated automatically.</t>
+  </si>
+  <si>
+    <t>Control and data</t>
+  </si>
+  <si>
+    <t>Internal microcontroller for sequential management of containers.</t>
+  </si>
+  <si>
+    <t>Internal memory for logging events (date and time of opening/closing).</t>
+  </si>
+  <si>
+    <t>Digital communication interface (USB/RS232/Ethernet/GPRS) for integration into national monitoring systems and stations.</t>
+  </si>
+  <si>
+    <t>Operating conditions</t>
+  </si>
+  <si>
+    <t>Temperature range: –25 °C … +50 °C.</t>
+  </si>
+  <si>
+    <t>Heating system for sensor and funnel (prevents freezing and snow accumulation).</t>
+  </si>
+  <si>
+    <t>Weather-resistant enclosure (IP65 or equivalent).</t>
+  </si>
+  <si>
+    <t>Power supply</t>
+  </si>
+  <si>
+    <t>220–240 V AC / 50 Hz.</t>
+  </si>
+  <si>
+    <t>Option for alternative operation with 12 V DC and solar panel.</t>
+  </si>
+  <si>
+    <t>Automatic analyzer sampler for elemental carbon and organic carbon</t>
+  </si>
+  <si>
+    <t>Operation Principle: Semicontinuous thermal-optical transmittance instrument for elemental carbon and organic carbon (EC/OC) measurements, EN 16909:2017</t>
+  </si>
+  <si>
+    <t>Reference method:  EN 16909:2017. Ambient air - Measurement of elemental carbon (EC) and organic carbon (OC) collected on filters, with semicontinuous field analyzer.</t>
+  </si>
+  <si>
+    <t>Certification: CE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Instrument details: A thermal-optical analyzer that allows EC and OC partitioning based on particulate carbon volatilization and oxidation, and optical correction of pyrolysis by using the light transmittance of the sample. </t>
+  </si>
+  <si>
+    <t>Ranges/Ranging: 0.2-100 ug/m3 (2 h)</t>
+  </si>
+  <si>
+    <t>Unit: µg/m3 (µg)</t>
+  </si>
+  <si>
+    <r>
+      <t>Detection limit: Elemental carbon (EC): 0.2 ug/m3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFEE0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(or lower); Organic carbon (OC): 0.2 ug/m3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFEE0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>(or lower)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> Accuracy: The accuracy of TC measurements of an external standard (e.g. sucrose solution) shall be ± 10 %.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thermal protocol: EUSAAR2 protocol</t>
+  </si>
+  <si>
+    <r>
+      <t>Power supply: 200-240 V, 50-60 Hz</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <t>Operation Principle: Online could vapor atomic fluorescence spectrometer (CVAFS) with gold trap preconcentration (EN 15852:2010)</t>
+  </si>
+  <si>
+    <t>Certification: CE, According to EN 15852:2010</t>
+  </si>
+  <si>
+    <r>
+      <t>Ranges/Ranging: Suitable for ambient concentrations in rural areas. The minimum requirement for lower limit is 0.1 ng/m</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>3</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>, and no requirement for upper limit.</t>
+    </r>
+  </si>
+  <si>
+    <t>Unit: ng/m3</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Lower detectable limit: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">&lt; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>0.04 ppm</t>
-[...661 lines deleted...]
-      <t>Ranges/Ranging: Suitable for ambient concentrations in rural areas. The minimum requirement for lower limit is 0.1 ng/m</t>
+      <t>0.1 ng/m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
-    <r>
-[...33 lines deleted...]
-      <t>0.1 ng/m</t>
+  </si>
+  <si>
+    <r>
+      <t>Zero check: &lt; 0.1 ng/m</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>3</t>
     </r>
-  </si>
-[...13 lines deleted...]
-    </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (shall be maintained during the guarantee period)</t>
     </r>
   </si>
   <si>
     <t>Span check: ± 5% of the target value (shall be maintained during the guarantee period)</t>
   </si>
   <si>
     <t xml:space="preserve">Accessories: Sample lines of Teflon (minimum 5 m) and necessary connection elements; 2-year maintenance package including necessary spare parts for the whole system including e.g. spare inlet filters, 2 UV-lamps, and a gold cartridge pair; Software for the instrument. </t>
   </si>
   <si>
     <t>Function Control: Function control/calibration of 2 points (zero and span) automatically (e.g. every 71 hours).</t>
   </si>
   <si>
     <t>Zero, span and calibration: Analyzer shall be equipped with zero source, internal span/calibration source, and external span/calibration unit, of which one shall be used for calibration and the other for span. The zero shall be below lower detectable limit. Span shall remain below ± 5% of the target value.</t>
   </si>
   <si>
     <t>Display: Multi-character with indication of all parameters and alarms/errors</t>
   </si>
@@ -2642,53 +2385,50 @@
   <si>
     <t>Compatible with centralized data management software; supports data synchronization with extended analyzer suite.</t>
   </si>
   <si>
     <t xml:space="preserve">Wind direction sensor: </t>
   </si>
   <si>
     <t>Range: 0 … 360°</t>
   </si>
   <si>
     <t>Accuracy: ±2° … ±5° (mechanical); ultrasonic: ±1°–±2°.</t>
   </si>
   <si>
     <t>Resolution: 1°.</t>
   </si>
   <si>
     <t>Output type: proportional voltage, RS485 Modbus, NMEA.</t>
   </si>
   <si>
     <t xml:space="preserve">Air temperature sensor: </t>
   </si>
   <si>
     <t>Type: PT100/NTC or digital sensor (e.g., platinum RTD / digital 1-wire / RS485).</t>
   </si>
   <si>
-    <t>Range: -40 … +60 °C (typical).</t>
-[...1 lines deleted...]
-  <si>
     <t>Accuracy: ±0.1 … ±0.3 °C (at 0–50 °C).</t>
   </si>
   <si>
     <t>Resolution: 0.01 °C.</t>
   </si>
   <si>
     <t>Response time: 60–120 s.</t>
   </si>
   <si>
     <t>Relative Humidity (RH) Sensor:</t>
   </si>
   <si>
     <t>Type: capacitive with temperature compensation.</t>
   </si>
   <si>
     <t>Range: 0 … 100 % RH.</t>
   </si>
   <si>
     <t>Accuracy: ±1 … ±3 % RH.</t>
   </si>
   <si>
     <t>Resolution: 0.1 % RH.</t>
   </si>
   <si>
     <t>Stability: drift ≤ 1 % RH/year.</t>
@@ -2764,53 +2504,50 @@
     <t>Logger: internal logger with UTC timestamps, export options in CSV/JSON.</t>
   </si>
   <si>
     <t>Software functions: filtering (debounce), averaging (mean), derived calculations (wind gusts — peak 3s/10s), dew point calculation, wet-bulb, solar insolation (Wh/m²).</t>
   </si>
   <si>
     <t>Data formats: CSV, JSON, XML. Includes ISO 8601 (UTC) timestamps and QC flags.</t>
   </si>
   <si>
     <t xml:space="preserve"> Physical interfaces: RS485, RS232, Ethernet, USB, Wi-Fi, LoRaWAN, NB-IoT (optional).</t>
   </si>
   <si>
     <t>Mobile communication: GSM/4G/5G module for network transmission.</t>
   </si>
   <si>
     <t>Integration: compatible with air monitoring station software, preferably supporting Modbus/SDI-12/MQTT/HTTP/CSV.</t>
   </si>
   <si>
     <t>Operating temperature: … +50 °C (ideal -40 … +60 °C).</t>
   </si>
   <si>
     <t>Relative humidity: 0 … 95 % RH.</t>
   </si>
   <si>
     <t>Power supply: mains / 12–24 VDC or via solar panel + battery.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gamma dose rate range: 10 nSv/h … 10 mSv/h.</t>
   </si>
   <si>
     <t>Detector type: scintillation (NaI(Tl), CsI(Tl) or LaBr₃:Ce).</t>
   </si>
   <si>
     <t>Sensitivity: &gt; 100 cps/µSv/h, high sensitivity.</t>
   </si>
   <si>
     <t>Response time: ≤ 10 s to dose variations.</t>
   </si>
   <si>
     <t>Background noise: &lt; 50 nSv/h (depending on location).</t>
   </si>
   <si>
     <t>Absolute accuracy: ±10 % (typical) at 1 µSv/h.</t>
   </si>
   <si>
     <t>Interfaces: compatible with monitoring stations; RS485 (Modbus RTU), Ethernet (Modbus TCP, HTTP/REST), optional LoRaWAN, GSM/4G, NB-IoT.</t>
   </si>
   <si>
     <t>Positioning: integrated GPS for national network mapping.</t>
   </si>
   <si>
     <r>
       <t>Detector lifetime: min. 10 years.</t>
@@ -3719,97 +3456,798 @@
   <si>
     <t xml:space="preserve">d.       View information from sensors; </t>
   </si>
   <si>
     <t xml:space="preserve">e.       Monitoring and control of electricity consumption; </t>
   </si>
   <si>
     <t xml:space="preserve">f.         Turn On/Off the server; </t>
   </si>
   <si>
     <t xml:space="preserve">g.       Remote update of BIOS, firmware of network and RAID controllers; </t>
   </si>
   <si>
     <t xml:space="preserve">h.       Virtual console, virtual media devices; </t>
   </si>
   <si>
     <t>i.         OS installation from virtual media devices and through network shared folders.</t>
   </si>
   <si>
     <t>j.         Support SNMP min.v2c.</t>
   </si>
   <si>
     <t>Operating system: no OS pre-installed.</t>
   </si>
   <si>
-    <t xml:space="preserve">Warranty: 5 years Manufacturer backed Warranty Services including technical support services including  firmware updates, spare parts warranty (repair, return or replacement services for faulty parts), etc. </t>
-[...1 lines deleted...]
-  <si>
     <t>All requirements are minimum and mandatory.</t>
   </si>
   <si>
     <t>The detailed “Bill of Materials” must be attached to offer.</t>
   </si>
   <si>
     <t xml:space="preserve">10. AQMS: Location - TBC, Type of the station - Urban Background with industrial impact elements </t>
   </si>
   <si>
     <t>Air Quality Monitorins Station_TBC</t>
   </si>
   <si>
     <t>Projects Outlines</t>
   </si>
   <si>
     <t>FATs (Factory Accptance Testing)</t>
   </si>
   <si>
     <t>Site acceptance Test</t>
   </si>
   <si>
     <t>Operational Tests</t>
   </si>
   <si>
     <t>Performance Tests</t>
   </si>
   <si>
     <t>Initial Training</t>
   </si>
   <si>
     <t>Follow-up traning</t>
   </si>
   <si>
     <t>ITB26/03170: Strengthening the Air Quality Monitoring Infrastructure in the Republic of Moldova</t>
   </si>
   <si>
     <t>This annex presents information on the equipment and services required for each AQMS, ITC necessities, complementary devices, consumables, and spare parts for a period of two years. Additionally, it contains the technical specifications for each piece of equipment required under ITB26/03170.</t>
+  </si>
+  <si>
+    <t>Type: Detects mains power failure and sends an instant alarm</t>
+  </si>
+  <si>
+    <t>Operating temperature range: –10 … +50 °C</t>
+  </si>
+  <si>
+    <t>Connection function: Simple with dry contact or smart with Modbus</t>
+  </si>
+  <si>
+    <t>Integration: Into the station’s interoperable system.</t>
+  </si>
+  <si>
+    <t>Sampler for heavy metals on PM10 filters</t>
+  </si>
+  <si>
+    <t>Sampler for cations and anions on PM2.5 filters</t>
+  </si>
+  <si>
+    <t>Sampler for cations and anions on PM10 filters</t>
+  </si>
+  <si>
+    <t>Sampler for polycyclic aromatic hydrocarbons on PM10 filters</t>
+  </si>
+  <si>
+    <t xml:space="preserve">piece </t>
+  </si>
+  <si>
+    <t>Humidity: up to 90% RH, non-condensing.</t>
+  </si>
+  <si>
+    <t>Power: 220–240 V, 50 Hz.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Temperature: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> –20 to +40 °C (station controlled environment).</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 5-40°C</t>
+    </r>
+  </si>
+  <si>
+    <t>Precision: £ 1 ppb</t>
+  </si>
+  <si>
+    <r>
+      <t>Output: Serial interface RS-232/RS-485 and USB interface, 1 Ethernet 10/100, status relays (failure, zero, span).</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>, optional selectable voltage, analogue voltage output, software selectable range, at least one 4-20 mA current output and power indication</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Output: Serial interface RS-232/RS-485 and USB interface, 1 Ethernet 10/100, status relays (failure, zero, span)</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> optional selectable voltage, analogue voltage output, software selectable range, at least one 4-20 mA current output and power indication</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Output: Serial interface RS-232/RS-485 and USB interface, 1 Ethernet 10/100, status relays (failure, zero, span) </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>optional selectable voltage, analogue voltage output, software selectable range, at least one 4-20 mA current output and power indication</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampling lines (material - teflon) to be changed every 6 months </t>
+  </si>
+  <si>
+    <r>
+      <t>Operating temperature:</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 0 – 50 °C </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">5-40 °C </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Range: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-40</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-20</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>… +60 °C (typical).</t>
+    </r>
+  </si>
+  <si>
+    <t>Other (if needed)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">3 calibration gase cylinders with valve  SO2 (1), NO (1), CO (1) of 10 l each.  The concentration of the gases according to the offered equipment. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1 calibration gas cylinder with valve  SO2 of 10 l. The concentration of the gas according to the offered equipment. Gas cylinder SO2 approx (depends on the offered equipment) 30 ppm in synthetic .air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Precision: 0.5 % of reading Not TL </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">&lt; </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>0.5 %</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Revised</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Annex 1: Equipment, Services and Technical Specifications</t>
+    </r>
+  </si>
+  <si>
+    <t>Calibration gas cylinder with valve  SO2</t>
+  </si>
+  <si>
+    <t>Volum: 10 l</t>
+  </si>
+  <si>
+    <t>The concentration of the gas according to the offered equipment</t>
+  </si>
+  <si>
+    <t>Gas cylinder SO2 approx (depends on the offered equipment) 30 ppm in synthetic .air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Calibration gase cylinder with valve  NO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volum: 10 l </t>
+  </si>
+  <si>
+    <t>Gas cylinder NO approx.  (depends on the offeres equipment) 30 ppm in synthetic air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+  </si>
+  <si>
+    <t>Calibration gas cylinder with valve CO</t>
+  </si>
+  <si>
+    <t>Gas cylinder CO approx.  (depends on the offered equipment) 500 ppm in synthetic air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+  </si>
+  <si>
+    <t>1 calibration gas cylinder with valve  NO of 10 l. The concentration of the gas according to the offered equipment. Gas cylinder NO approx.  (depends on the offeres equipment) 30 ppm in synthetic air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 calibration gas cylinder with valve CO of 10 l .  The concentration of the gases according to the offered equipment. Te-	Annex 1: Equipment, Services and Technical Specifications </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Form factor: 19-inch rackmount UPS with integrated battery pack </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>or other form factor</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Gamma dose rate range: 10 nSv/h … 10 </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>m</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>µ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Sv/h.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Warranty: minimum </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> years</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Warranty: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">5 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">3 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">years Manufacturer backed Warranty Services including technical support services including  firmware updates, spare parts warranty (repair, return or replacement services for faulty parts), etc. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Walls: 35 mm sandwich panel, both sides of the panels are of texture, galvanized and coated steel sheet, fireproof, </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Euroclass B-s1,d0 reaction-to-fire classification, in accordance with the European standard SR EN 13501-1 (or equivalent). </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Linearity: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>≤1% of the measured value (full scale) Not TL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> ≤1% of the measured value (full scale)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Span drift:</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> &lt; 1.0 % of reading (24 hours) Not TL </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>&lt; 1.0 % (24 h)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Zero noise:</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">&lt; </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>25 ppt Not TL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">&lt; </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>0.5 ppb</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Span drift: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>&lt; 0.5 % of reading (24 hours) Not TL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> +- 1 %</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Zero drift: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>&lt; 0.1 ppb (24 hours) Not TL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>&lt;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 0.4 ppb</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Lower detectable limit: </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">&lt; </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">50 ppt     Not TL </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>&lt;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 0.4 ppb</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Zero noise:</t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">&lt; </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>25 ppt     Not TL</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>&lt;</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 0.2 ppb</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -3971,84 +4409,141 @@
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Display"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="24">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -4259,56 +4754,76 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="189">
+  <cellXfs count="230">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -4592,96 +5107,194 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -4716,160 +5329,179 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5144,384 +5776,384 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=qLT9JW&amp;nav=MTVfe0NCQzRFRjdBLThFNTMtNEIxRC04MUJCLUJDRTVBMUFBOEQyOH0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=xfeMWE&amp;nav=MTVfezMxMEZBOUYzLUZBOEQtNEVEMS05QjBBLTAxMzExNjY4RUMzRH0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=yQAiZA&amp;nav=MTVfe0UxRTNFQUQxLUVBRkItNDYxMS1BOTlGLUU1QkZDQ0MzMjg4OH0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=i7hht5&amp;nav=MTVfe0U2NzhFMTM3LTg3NDYtNDU5Ny05ODFGLURCNjFCOUIxQUQyMH0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=AWtzCU&amp;nav=MTVfezE0N0E4MjkzLTM4QTYtNDA4Ni1CMjZGLTgxNkNDMTkzRDBEQ30" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=wwqEaq&amp;nav=MTVfe0QyOTYzNTVFLUY1OTQtNEFCMS1BQ0IxLTc1MURDM0JDMTExNn0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=2Xv6Np&amp;nav=MTVfezE1NEIyMURFLTE4REEtNDcxMy1COEQxLUIxQzdEN0NDMzhCOH0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=q6au5J&amp;nav=MTVfezZEMUNGOENCLTcwQUItNEM4NS04REMyLUQyNTJCNzJDMDAxMX0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=Cf3Sqc&amp;nav=MTVfezEwNzM3RUE2LTNCMTgtNEVEOC1BMDM2LUEwMzc4N0EyQkQ4Mn0" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=XXJjCa&amp;nav=MTVfezJFRUIxREYyLTdDMTMtNDM1Mi05OTNDLTA5QjEyNjUyQjUxMn0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=7plekI&amp;nav=MTVfezExMzdDNDdBLUM4RkQtNDUwMC05RTZBLUNGMkQxNjkzRjgyMn0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=bucaxo&amp;nav=MTVfezQyMEQ1MUFDLTNGMjYtNEE0Ny05ODQxLUE5RjUwREJCMDRCQ30" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=YfGade&amp;nav=MTVfezM4RDVBMzZELTc2NzItNEIxQS1CRjIxLUY0MkIyQUUxOUFCOX0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=d7tvOH&amp;nav=MTVfezYzNDRDNUM3LTczRTctNEQwQy05RTFFLTdCRUMzQTNGNjFCOX0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=awa357&amp;nav=MTVfezhCODgxQUE3LTIyQTEtNDA2Mi04QUI4LTg0QzI5NURBNTgzQn0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=Dihcux&amp;nav=MTVfezIzOUVBQzMwLUQ3MjktNDkyNi05Q0EzLUFDQUE1QjQwMTlEOH0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../../../../../../../../../:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=bkoIdO&amp;nav=MTVfezg1MjA4OEQ0LUFFMkYtNEJDOS04OTc0LTU0MTQ5OUMxMkNFRn0" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=qLT9JW&amp;nav=MTVfe0NCQzRFRjdBLThFNTMtNEIxRC04MUJCLUJDRTVBMUFBOEQyOH0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=xfeMWE&amp;nav=MTVfezMxMEZBOUYzLUZBOEQtNEVEMS05QjBBLTAxMzExNjY4RUMzRH0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=yQAiZA&amp;nav=MTVfe0UxRTNFQUQxLUVBRkItNDYxMS1BOTlGLUU1QkZDQ0MzMjg4OH0" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=i7hht5&amp;nav=MTVfe0U2NzhFMTM3LTg3NDYtNDU5Ny05ODFGLURCNjFCOUIxQUQyMH0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=AWtzCU&amp;nav=MTVfezE0N0E4MjkzLTM4QTYtNDA4Ni1CMjZGLTgxNkNDMTkzRDBEQ30" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=wwqEaq&amp;nav=MTVfe0QyOTYzNTVFLUY1OTQtNEFCMS1BQ0IxLTc1MURDM0JDMTExNn0" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=2Xv6Np&amp;nav=MTVfezE1NEIyMURFLTE4REEtNDcxMy1COEQxLUIxQzdEN0NDMzhCOH0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=q6au5J&amp;nav=MTVfezZEMUNGOENCLTcwQUItNEM4NS04REMyLUQyNTJCNzJDMDAxMX0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=Cf3Sqc&amp;nav=MTVfezEwNzM3RUE2LTNCMTgtNEVEOC1BMDM2LUEwMzc4N0EyQkQ4Mn0" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=XXJjCa&amp;nav=MTVfezJFRUIxREYyLTdDMTMtNDM1Mi05OTNDLTA5QjEyNjUyQjUxMn0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=7plekI&amp;nav=MTVfezExMzdDNDdBLUM4RkQtNDUwMC05RTZBLUNGMkQxNjkzRjgyMn0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=bucaxo&amp;nav=MTVfezQyMEQ1MUFDLTNGMjYtNEE0Ny05ODQxLUE5RjUwREJCMDRCQ30" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=YfGade&amp;nav=MTVfezM4RDVBMzZELTc2NzItNEIxQS1CRjIxLUY0MkIyQUUxOUFCOX0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=d7tvOH&amp;nav=MTVfezYzNDRDNUM3LTczRTctNEQwQy05RTFFLTdCRUMzQTNGNjFCOX0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=awa357&amp;nav=MTVfezhCODgxQUE3LTIyQTEtNDA2Mi04QUI4LTg0QzI5NURBNTgzQn0" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=Dihcux&amp;nav=MTVfezIzOUVBQzMwLUQ3MjktNDkyNi05Q0EzLUFDQUE1QjQwMTlEOH0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://undp.sharepoint.com/sites/:x:/r/sites/EECC/Shared%20Documents/General/1.Ongoing%20Projects/9.%20Green%20Transition%20_EUD/9.%20Procurement/COMPONENT%203/Output%203.4.1/ITB-AQ%20MS/Annex%201_Equipment,%20Services%20and%20Technical%20Specifications.xlsx?d=wf393ce0921fe444f9bf933aea83da2bc&amp;csf=1&amp;web=1&amp;e=bkoIdO&amp;nav=MTVfezg1MjA4OEQ0LUFFMkYtNEJDOS04OTc0LTU0MTQ5OUMxMkNFRn0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stisc.gov.md/ro/directii-de-activitate" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C59D0F19-0451-481B-9897-AF37747F1F7A}">
   <dimension ref="A1:I30"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="M14" sqref="M14"/>
+      <selection activeCell="N20" sqref="N20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="134" t="s">
+      <c r="A1" s="170" t="s">
+        <v>730</v>
+      </c>
+      <c r="B1" s="170"/>
+      <c r="C1" s="170"/>
+      <c r="D1" s="170"/>
+      <c r="E1" s="170"/>
+      <c r="F1" s="170"/>
+      <c r="G1" s="170"/>
+      <c r="H1" s="170"/>
+      <c r="I1" s="170"/>
+    </row>
+    <row r="2" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="170"/>
+      <c r="B2" s="170"/>
+      <c r="C2" s="170"/>
+      <c r="D2" s="170"/>
+      <c r="E2" s="170"/>
+      <c r="F2" s="170"/>
+      <c r="G2" s="170"/>
+      <c r="H2" s="170"/>
+      <c r="I2" s="170"/>
+    </row>
+    <row r="3" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="170"/>
+      <c r="B3" s="170"/>
+      <c r="C3" s="170"/>
+      <c r="D3" s="170"/>
+      <c r="E3" s="170"/>
+      <c r="F3" s="170"/>
+      <c r="G3" s="170"/>
+      <c r="H3" s="170"/>
+      <c r="I3" s="170"/>
+    </row>
+    <row r="4" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="170"/>
+      <c r="B4" s="170"/>
+      <c r="C4" s="170"/>
+      <c r="D4" s="170"/>
+      <c r="E4" s="170"/>
+      <c r="F4" s="170"/>
+      <c r="G4" s="170"/>
+      <c r="H4" s="170"/>
+      <c r="I4" s="170"/>
+    </row>
+    <row r="6" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A6" s="174" t="s">
         <v>754</v>
       </c>
-      <c r="B1" s="134"/>
-[...42 lines deleted...]
-      <c r="A6" s="138" t="s">
+      <c r="B6" s="174"/>
+      <c r="C6" s="174"/>
+      <c r="D6" s="174"/>
+      <c r="E6" s="174"/>
+      <c r="F6" s="174"/>
+      <c r="G6" s="174"/>
+      <c r="H6" s="174"/>
+      <c r="I6" s="174"/>
+    </row>
+    <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="171" t="s">
+        <v>731</v>
+      </c>
+      <c r="B8" s="171"/>
+      <c r="C8" s="171"/>
+      <c r="D8" s="171"/>
+      <c r="E8" s="171"/>
+      <c r="F8" s="171"/>
+      <c r="G8" s="171"/>
+      <c r="H8" s="171"/>
+      <c r="I8" s="171"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="171"/>
+      <c r="B9" s="171"/>
+      <c r="C9" s="171"/>
+      <c r="D9" s="171"/>
+      <c r="E9" s="171"/>
+      <c r="F9" s="171"/>
+      <c r="G9" s="171"/>
+      <c r="H9" s="171"/>
+      <c r="I9" s="171"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="171"/>
+      <c r="B10" s="171"/>
+      <c r="C10" s="171"/>
+      <c r="D10" s="171"/>
+      <c r="E10" s="171"/>
+      <c r="F10" s="171"/>
+      <c r="G10" s="171"/>
+      <c r="H10" s="171"/>
+      <c r="I10" s="171"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="171"/>
+      <c r="B11" s="171"/>
+      <c r="C11" s="171"/>
+      <c r="D11" s="171"/>
+      <c r="E11" s="171"/>
+      <c r="F11" s="171"/>
+      <c r="G11" s="171"/>
+      <c r="H11" s="171"/>
+      <c r="I11" s="171"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B13" s="172" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="138"/>
-[...62 lines deleted...]
-      <c r="G13" s="137"/>
+      <c r="C13" s="173"/>
+      <c r="D13" s="173"/>
+      <c r="E13" s="173"/>
+      <c r="F13" s="173"/>
+      <c r="G13" s="173"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B14">
         <v>1</v>
       </c>
-      <c r="C14" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F14" s="133"/>
+      <c r="C14" s="169" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="169"/>
+      <c r="E14" s="169"/>
+      <c r="F14" s="169"/>
       <c r="G14" s="54"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B15">
         <v>2</v>
       </c>
-      <c r="C15" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F15" s="133"/>
+      <c r="C15" s="169" t="s">
+        <v>2</v>
+      </c>
+      <c r="D15" s="169"/>
+      <c r="E15" s="169"/>
+      <c r="F15" s="169"/>
       <c r="G15" s="54"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="B16">
         <v>3</v>
       </c>
-      <c r="C16" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F16" s="133"/>
+      <c r="C16" s="169" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" s="169"/>
+      <c r="E16" s="169"/>
+      <c r="F16" s="169"/>
       <c r="G16" s="54"/>
     </row>
     <row r="17" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B17">
         <v>4</v>
       </c>
-      <c r="C17" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F17" s="133"/>
+      <c r="C17" s="169" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="169"/>
+      <c r="E17" s="169"/>
+      <c r="F17" s="169"/>
       <c r="G17" s="54"/>
     </row>
     <row r="18" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B18">
         <v>5</v>
       </c>
-      <c r="C18" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F18" s="133"/>
+      <c r="C18" s="169" t="s">
+        <v>4</v>
+      </c>
+      <c r="D18" s="169"/>
+      <c r="E18" s="169"/>
+      <c r="F18" s="169"/>
       <c r="G18" s="54"/>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B19">
         <v>6</v>
       </c>
-      <c r="C19" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F19" s="133"/>
+      <c r="C19" s="169" t="s">
+        <v>5</v>
+      </c>
+      <c r="D19" s="169"/>
+      <c r="E19" s="169"/>
+      <c r="F19" s="169"/>
       <c r="G19" s="54"/>
     </row>
     <row r="20" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B20">
         <v>7</v>
       </c>
-      <c r="C20" s="133" t="s">
-[...5 lines deleted...]
-      <c r="G20" s="133"/>
+      <c r="C20" s="169" t="s">
+        <v>6</v>
+      </c>
+      <c r="D20" s="169"/>
+      <c r="E20" s="169"/>
+      <c r="F20" s="169"/>
+      <c r="G20" s="169"/>
     </row>
     <row r="21" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B21">
         <v>8</v>
       </c>
-      <c r="C21" s="133" t="s">
-[...5 lines deleted...]
-      <c r="G21" s="133"/>
+      <c r="C21" s="169" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="169"/>
+      <c r="E21" s="169"/>
+      <c r="F21" s="169"/>
+      <c r="G21" s="169"/>
     </row>
     <row r="22" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B22">
         <v>9</v>
       </c>
-      <c r="C22" s="133" t="s">
-[...5 lines deleted...]
-      <c r="G22" s="133"/>
+      <c r="C22" s="169" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="169"/>
+      <c r="E22" s="169"/>
+      <c r="F22" s="169"/>
+      <c r="G22" s="169"/>
     </row>
     <row r="23" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B23">
         <v>10</v>
       </c>
-      <c r="C23" s="133" t="s">
-[...5 lines deleted...]
-      <c r="G23" s="133"/>
+      <c r="C23" s="169" t="s">
+        <v>722</v>
+      </c>
+      <c r="D23" s="169"/>
+      <c r="E23" s="169"/>
+      <c r="F23" s="169"/>
+      <c r="G23" s="169"/>
     </row>
     <row r="24" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B24">
         <v>11</v>
       </c>
-      <c r="C24" s="133" t="s">
-[...5 lines deleted...]
-      <c r="G24" s="133"/>
+      <c r="C24" s="169" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="169"/>
+      <c r="E24" s="169"/>
+      <c r="F24" s="169"/>
+      <c r="G24" s="169"/>
     </row>
     <row r="25" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B25">
         <v>12</v>
       </c>
-      <c r="C25" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F25" s="133"/>
+      <c r="C25" s="169" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="169"/>
+      <c r="E25" s="169"/>
+      <c r="F25" s="169"/>
       <c r="G25" s="54"/>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B26">
         <v>13</v>
       </c>
-      <c r="C26" s="133" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="133"/>
+      <c r="C26" s="169" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" s="169"/>
       <c r="E26" s="54"/>
       <c r="F26" s="54"/>
       <c r="G26" s="54"/>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B27">
         <v>14</v>
       </c>
-      <c r="C27" s="133" t="s">
-[...3 lines deleted...]
-      <c r="E27" s="133"/>
+      <c r="C27" s="169" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" s="169"/>
+      <c r="E27" s="169"/>
       <c r="F27" s="54"/>
       <c r="G27" s="54"/>
     </row>
     <row r="28" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B28">
         <v>15</v>
       </c>
-      <c r="C28" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F28" s="133"/>
+      <c r="C28" s="169" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="169"/>
+      <c r="E28" s="169"/>
+      <c r="F28" s="169"/>
       <c r="G28" s="54"/>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B29">
         <v>16</v>
       </c>
-      <c r="C29" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F29" s="133"/>
+      <c r="C29" s="169" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" s="169"/>
+      <c r="E29" s="169"/>
+      <c r="F29" s="169"/>
       <c r="G29" s="54"/>
     </row>
     <row r="30" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B30">
         <v>17</v>
       </c>
-      <c r="C30" s="133" t="s">
-[...4 lines deleted...]
-      <c r="F30" s="133"/>
+      <c r="C30" s="169" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" s="169"/>
+      <c r="E30" s="169"/>
+      <c r="F30" s="169"/>
       <c r="G30" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A1:I4"/>
     <mergeCell ref="A8:I11"/>
     <mergeCell ref="C14:F14"/>
     <mergeCell ref="B13:G13"/>
     <mergeCell ref="C15:F15"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="C27:E27"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="C29:F29"/>
     <mergeCell ref="C30:F30"/>
     <mergeCell ref="C21:G21"/>
     <mergeCell ref="C22:G22"/>
     <mergeCell ref="C24:G24"/>
     <mergeCell ref="C25:F25"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="C23:G23"/>
     <mergeCell ref="C20:G20"/>
     <mergeCell ref="C16:F16"/>
     <mergeCell ref="C17:F17"/>
     <mergeCell ref="C18:F18"/>
     <mergeCell ref="C19:F19"/>
@@ -5544,10503 +6176,10844 @@
     <hyperlink ref="C28:F28" r:id="rId15" display="Consumables and spare parts for 2 years" xr:uid="{24BBAA23-000F-4ABB-98BE-CF520C719EBB}"/>
     <hyperlink ref="C29:F29" r:id="rId16" display="Other services" xr:uid="{9664E580-3BF2-497A-9292-905CEAC2D054}"/>
     <hyperlink ref="C30:F30" r:id="rId17" display="Technical specifications" xr:uid="{0A30E695-B4CA-495C-AAFE-116066419B30}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="99" orientation="landscape" r:id="rId18"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{239EAC30-D729-4926-9CA3-ACAA5B4019D8}">
   <dimension ref="A1:C30"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="44.7109375" style="10" customWidth="1"/>
     <col min="2" max="2" width="14" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="149" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="149"/>
+      <c r="A1" s="185" t="s">
+        <v>95</v>
+      </c>
+      <c r="B1" s="185"/>
+      <c r="C1" s="185"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="22" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B19" s="19"/>
       <c r="C19" s="19"/>
     </row>
     <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="25" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20" s="25"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C21" s="25"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C22" s="25"/>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="36" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C24" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C25" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="43" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C26" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C30" s="141"/>
+      <c r="A30" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="177"/>
+      <c r="C30" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A30:C30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6344C5C7-73E7-4D0C-9E1E-7BEC3A3F61B9}">
   <dimension ref="A1:C31"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+    <sheetView topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="A28" sqref="A28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.28515625" style="10" customWidth="1"/>
     <col min="2" max="3" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="149" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="149"/>
+      <c r="A1" s="185" t="s">
+        <v>721</v>
+      </c>
+      <c r="B1" s="185"/>
+      <c r="C1" s="185"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="56"/>
       <c r="B2" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="35" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="19"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="26" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20" s="19"/>
       <c r="C20" s="19"/>
     </row>
     <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="25" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C21" s="25"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C22" s="25"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C23" s="25"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B24" s="53"/>
       <c r="C24" s="19"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C26" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="43" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C31" s="141"/>
+      <c r="A31" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" s="177"/>
+      <c r="C31" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A31:C31"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1137C47A-C8FD-4500-9E6A-CF2D1693F822}">
   <dimension ref="A1:C21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L8" sqref="L8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.42578125" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="66.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="150" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="150"/>
+      <c r="A1" s="186" t="s">
+        <v>97</v>
+      </c>
+      <c r="B1" s="186"/>
+      <c r="C1" s="186"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B3" s="25"/>
       <c r="C3" s="33"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="32" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B6" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C6" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B7" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B8" s="19"/>
       <c r="C8" s="19"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C9" s="25"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C10" s="25"/>
     </row>
     <row r="11" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="43" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B14" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="B16" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="12"/>
     </row>
     <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="151" t="s">
-[...3 lines deleted...]
-      <c r="C19" s="151"/>
+      <c r="A19" s="187" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="187"/>
+      <c r="C19" s="187"/>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="151"/>
-[...1 lines deleted...]
-      <c r="C20" s="151"/>
+      <c r="A20" s="187"/>
+      <c r="B20" s="187"/>
+      <c r="C20" s="187"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A21" s="151"/>
-[...1 lines deleted...]
-      <c r="C21" s="151"/>
+      <c r="A21" s="187"/>
+      <c r="B21" s="187"/>
+      <c r="C21" s="187"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A19:C21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{147A8293-38A6-4086-B26F-816CC193D0DC}">
   <dimension ref="A1:C32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42.140625" customWidth="1"/>
     <col min="2" max="3" width="14.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="149" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="149"/>
+      <c r="A1" s="185" t="s">
+        <v>98</v>
+      </c>
+      <c r="B1" s="185"/>
+      <c r="C1" s="185"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="13"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="48" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="150" x14ac:dyDescent="0.25">
       <c r="A5" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="28" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="49" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="49" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="50" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B12" s="19"/>
       <c r="C12" s="15"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="49" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="49" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="49" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="49" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="54" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="49" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="24" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C19" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A20" s="49" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C20" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="50" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B21" s="19"/>
       <c r="C21" s="19"/>
     </row>
     <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" s="12" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C22" s="12"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="49" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B23" s="12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C23" s="12"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="21" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B24" s="12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C24" s="12"/>
     </row>
     <row r="25" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="51" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B25" s="19"/>
       <c r="C25" s="19"/>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C26" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C29" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C32" s="141"/>
+      <c r="A32" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B32" s="177"/>
+      <c r="C32" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A32:C32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{310FA9F3-FA8D-4ED1-9B0A-01311668EC3D}">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+      <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="152" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="153"/>
+      <c r="A1" s="188" t="s">
+        <v>102</v>
+      </c>
+      <c r="B1" s="189"/>
+      <c r="C1" s="189"/>
     </row>
     <row r="2" spans="1:3" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A2" s="5"/>
       <c r="B2" s="4"/>
       <c r="C2" s="39"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C3" s="17">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="40" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B4" s="31" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="40" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B5" s="31" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="40" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B6" s="31" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C6" s="17">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="41" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C7" s="17">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{852088D4-AE2F-4BC9-8974-541499C12CEF}">
   <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G12" sqref="G12"/>
+      <selection activeCell="A6" sqref="A6:C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="37.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="142" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="142"/>
+      <c r="A1" s="178" t="s">
+        <v>108</v>
+      </c>
+      <c r="B1" s="178"/>
+      <c r="C1" s="178"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.3">
       <c r="A2" s="16"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B3" s="11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C3" s="14">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B4" s="11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C4" s="14">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B5" s="11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C5" s="14">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="13" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C6" s="12">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38D5A36D-7672-4B1A-BF21-F42B2AE19AB9}">
-  <dimension ref="A1:C24"/>
+  <dimension ref="A1:C28"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43.140625" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
     <col min="3" max="3" width="13.5703125" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" customWidth="1"/>
     <col min="5" max="5" width="26.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="154" t="s">
+      <c r="A1" s="190" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1" s="190"/>
+      <c r="C1" s="190"/>
+    </row>
+    <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A2" s="128" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="154"/>
-[...3 lines deleted...]
-      <c r="A2" s="129" t="s">
+      <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="3" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="31" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B3" s="31"/>
       <c r="C3" s="31"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="57" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B4" s="31"/>
       <c r="C4" s="31"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="57" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B5" s="31"/>
       <c r="C5" s="31"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="54" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B6" s="31"/>
       <c r="C6" s="31"/>
     </row>
     <row r="7" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="49" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B7" s="31"/>
       <c r="C7" s="31"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="54" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B8" s="31"/>
       <c r="C8" s="31"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="31" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B9" s="31"/>
       <c r="C9" s="31"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="31" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B10" s="31"/>
       <c r="C10" s="31"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="54" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B11" s="31"/>
       <c r="C11" s="31"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="31" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B12" s="31"/>
       <c r="C12" s="31"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="31" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B13" s="31"/>
       <c r="C13" s="31"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="57" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B14" s="31"/>
       <c r="C14" s="31"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="57" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B15" s="31"/>
       <c r="C15" s="31"/>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="57" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B16" s="31"/>
       <c r="C16" s="31"/>
     </row>
-    <row r="17" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>131</v>
+    <row r="17" spans="1:3" ht="165" x14ac:dyDescent="0.25">
+      <c r="A17" s="152" t="s">
+        <v>752</v>
       </c>
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
     </row>
-    <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>132</v>
+    <row r="18" spans="1:3" ht="105" x14ac:dyDescent="0.25">
+      <c r="A18" s="154" t="s">
+        <v>764</v>
       </c>
       <c r="B18" s="31"/>
       <c r="C18" s="31"/>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>133</v>
+    <row r="19" spans="1:3" ht="75" x14ac:dyDescent="0.25">
+      <c r="A19" s="153" t="s">
+        <v>765</v>
       </c>
       <c r="B19" s="31"/>
       <c r="C19" s="31"/>
     </row>
     <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A20" s="58" t="s">
-        <v>134</v>
+      <c r="A20" s="49" t="s">
+        <v>130</v>
       </c>
       <c r="B20" s="31"/>
       <c r="C20" s="31"/>
     </row>
-    <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A21" s="54" t="s">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="57" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" s="31"/>
+      <c r="C21" s="31"/>
+    </row>
+    <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="58" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" s="31"/>
+      <c r="C22" s="31"/>
+    </row>
+    <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="54" t="s">
+        <v>133</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" s="31">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="31" t="s">
         <v>135</v>
       </c>
-      <c r="B21" s="18" t="s">
+      <c r="B24" s="18" t="s">
         <v>136</v>
       </c>
-      <c r="C21" s="31">
-[...4 lines deleted...]
-      <c r="A22" s="31" t="s">
+      <c r="C24" s="31">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="31" t="s">
         <v>137</v>
       </c>
-      <c r="B22" s="18" t="s">
+      <c r="B25" s="18" t="s">
         <v>138</v>
       </c>
-      <c r="C22" s="31">
-[...4 lines deleted...]
-      <c r="A23" s="31" t="s">
+      <c r="C25" s="31">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="31" t="s">
         <v>139</v>
       </c>
-      <c r="B23" s="18" t="s">
+      <c r="B26" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="C23" s="31">
-[...10 lines deleted...]
-      <c r="C24" s="31">
+      <c r="C26" s="31">
         <v>60</v>
       </c>
+    </row>
+    <row r="27" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="143" t="s">
+        <v>748</v>
+      </c>
+      <c r="B27" s="150"/>
+      <c r="C27" s="150"/>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="151" t="s">
+        <v>751</v>
+      </c>
+      <c r="B28" s="150"/>
+      <c r="C28" s="150"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D1CF8CB-70AB-4C85-8DC2-D252B72C0011}">
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.140625" customWidth="1"/>
     <col min="2" max="2" width="13.5703125" customWidth="1"/>
     <col min="3" max="3" width="54.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="142" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="142"/>
+      <c r="A1" s="178" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1" s="178"/>
+      <c r="C1" s="178"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="157" t="s">
+      <c r="A2" s="193" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" s="194"/>
+      <c r="C2" s="13" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" s="131" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A3" s="129" t="s">
+        <v>723</v>
+      </c>
+      <c r="B3" s="130"/>
+      <c r="C3" s="21" t="s">
         <v>143</v>
       </c>
-      <c r="B2" s="158"/>
-[...17 lines deleted...]
-      <c r="B4" s="131"/>
+    </row>
+    <row r="4" spans="1:3" s="131" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
+      <c r="A4" s="129" t="s">
+        <v>724</v>
+      </c>
+      <c r="B4" s="130"/>
       <c r="C4" s="21" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>749</v>
+        <v>725</v>
       </c>
       <c r="C5" s="21" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="C6" s="21" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>751</v>
+        <v>727</v>
       </c>
       <c r="C7" s="21" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>752</v>
+        <v>728</v>
       </c>
       <c r="C8" s="21" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="155" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="156"/>
+      <c r="A9" s="191" t="s">
+        <v>729</v>
+      </c>
+      <c r="B9" s="192"/>
       <c r="C9" s="21" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="31" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B10" s="21"/>
       <c r="C10" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D296355E-F594-4AB1-ACB1-751DC3BC1116}">
-  <dimension ref="A1:E609"/>
+  <dimension ref="A1:E643"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E202" sqref="E202"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D148" sqref="D148"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.140625" style="98" customWidth="1"/>
     <col min="2" max="2" width="21.42578125" style="98" customWidth="1"/>
-    <col min="3" max="3" width="4.28515625" style="121" customWidth="1"/>
-    <col min="4" max="4" width="68" style="118" customWidth="1"/>
+    <col min="3" max="3" width="4.28515625" style="120" customWidth="1"/>
+    <col min="4" max="4" width="68" style="117" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="178" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="178"/>
+      <c r="A1" s="221" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1" s="221"/>
+      <c r="C1" s="221"/>
+      <c r="D1" s="221"/>
     </row>
     <row r="2" spans="1:4" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="107"/>
       <c r="B2" s="107"/>
       <c r="C2" s="107"/>
       <c r="D2" s="97"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="82" t="s">
+        <v>146</v>
+      </c>
+      <c r="B3" s="122" t="s">
+        <v>147</v>
+      </c>
+      <c r="C3" s="223" t="s">
         <v>148</v>
       </c>
-      <c r="B3" s="123" t="s">
+      <c r="D3" s="224"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" s="204">
+        <v>1</v>
+      </c>
+      <c r="B4" s="218" t="s">
         <v>149</v>
       </c>
-      <c r="C3" s="180" t="s">
+      <c r="C4" s="113">
+        <v>1</v>
+      </c>
+      <c r="D4" s="59" t="s">
         <v>150</v>
       </c>
-      <c r="D3" s="181"/>
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="163"/>
-      <c r="B5" s="174"/>
+      <c r="A5" s="205"/>
+      <c r="B5" s="219"/>
       <c r="C5" s="114">
         <v>2</v>
       </c>
       <c r="D5" s="60" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-      <c r="B6" s="174"/>
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A6" s="205"/>
+      <c r="B6" s="219"/>
       <c r="C6" s="114">
         <v>3</v>
       </c>
       <c r="D6" s="60" t="s">
-        <v>154</v>
+        <v>770</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A7" s="163"/>
-      <c r="B7" s="174"/>
+      <c r="A7" s="205"/>
+      <c r="B7" s="219"/>
       <c r="C7" s="114">
         <v>4</v>
       </c>
       <c r="D7" s="60" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A8" s="163"/>
-      <c r="B8" s="174"/>
+      <c r="A8" s="205"/>
+      <c r="B8" s="219"/>
       <c r="C8" s="114">
         <v>5</v>
       </c>
       <c r="D8" s="60" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A9" s="163"/>
-      <c r="B9" s="174"/>
+      <c r="A9" s="205"/>
+      <c r="B9" s="219"/>
       <c r="C9" s="114">
         <v>6</v>
       </c>
       <c r="D9" s="60" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="76.5" x14ac:dyDescent="0.25">
-      <c r="A10" s="163"/>
-      <c r="B10" s="174"/>
+      <c r="A10" s="205"/>
+      <c r="B10" s="219"/>
       <c r="C10" s="114">
         <v>7</v>
       </c>
       <c r="D10" s="60" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A11" s="163"/>
-      <c r="B11" s="174"/>
+      <c r="A11" s="205"/>
+      <c r="B11" s="219"/>
       <c r="C11" s="114">
         <v>8</v>
       </c>
       <c r="D11" s="60" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A12" s="163"/>
-      <c r="B12" s="174"/>
+      <c r="A12" s="205"/>
+      <c r="B12" s="219"/>
       <c r="C12" s="114">
         <v>9</v>
       </c>
       <c r="D12" s="60" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A13" s="163"/>
-      <c r="B13" s="174"/>
+      <c r="A13" s="205"/>
+      <c r="B13" s="219"/>
       <c r="C13" s="114">
         <v>10</v>
       </c>
       <c r="D13" s="60" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A14" s="163"/>
-      <c r="B14" s="174"/>
+      <c r="A14" s="205"/>
+      <c r="B14" s="219"/>
       <c r="C14" s="114">
         <v>12</v>
       </c>
       <c r="D14" s="60" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A15" s="163"/>
-      <c r="B15" s="174"/>
+      <c r="A15" s="205"/>
+      <c r="B15" s="219"/>
       <c r="C15" s="114">
         <v>13</v>
       </c>
       <c r="D15" s="60" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="164"/>
-      <c r="B16" s="175"/>
+      <c r="A16" s="206"/>
+      <c r="B16" s="220"/>
       <c r="C16" s="115">
         <v>14</v>
       </c>
       <c r="D16" s="61" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A17" s="162">
+      <c r="A17" s="204">
         <v>2</v>
       </c>
-      <c r="B17" s="165" t="s">
-        <v>165</v>
+      <c r="B17" s="207" t="s">
+        <v>162</v>
       </c>
       <c r="C17" s="113">
         <v>1</v>
       </c>
       <c r="D17" s="62" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A18" s="163"/>
-      <c r="B18" s="166"/>
+      <c r="A18" s="205"/>
+      <c r="B18" s="208"/>
       <c r="C18" s="114">
         <v>2</v>
       </c>
       <c r="D18" s="63" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A19" s="163"/>
-      <c r="B19" s="166"/>
+      <c r="A19" s="205"/>
+      <c r="B19" s="208"/>
       <c r="C19" s="114">
         <v>3</v>
       </c>
       <c r="D19" s="63" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="163"/>
-      <c r="B20" s="166"/>
+      <c r="A20" s="205"/>
+      <c r="B20" s="208"/>
       <c r="C20" s="114">
         <v>4</v>
       </c>
       <c r="D20" s="63" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A21" s="163"/>
-      <c r="B21" s="166"/>
+      <c r="A21" s="205"/>
+      <c r="B21" s="208"/>
       <c r="C21" s="114">
         <v>5</v>
       </c>
       <c r="D21" s="63" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="163"/>
-      <c r="B22" s="166"/>
+      <c r="A22" s="205"/>
+      <c r="B22" s="208"/>
       <c r="C22" s="114">
         <v>6</v>
       </c>
       <c r="D22" s="63" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A23" s="163"/>
-      <c r="B23" s="166"/>
+      <c r="A23" s="205"/>
+      <c r="B23" s="208"/>
       <c r="C23" s="114">
         <v>7</v>
       </c>
       <c r="D23" s="63" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="164"/>
-      <c r="B24" s="179"/>
+      <c r="A24" s="206"/>
+      <c r="B24" s="222"/>
       <c r="C24" s="115">
         <v>8</v>
       </c>
       <c r="D24" s="64" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="162">
+      <c r="A25" s="204">
         <v>3</v>
       </c>
-      <c r="B25" s="165" t="s">
-        <v>174</v>
+      <c r="B25" s="207" t="s">
+        <v>171</v>
       </c>
       <c r="C25" s="113">
         <v>1</v>
       </c>
       <c r="D25" s="62" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A26" s="163"/>
-      <c r="B26" s="166"/>
+      <c r="A26" s="205"/>
+      <c r="B26" s="208"/>
       <c r="C26" s="114">
         <v>2</v>
       </c>
       <c r="D26" s="63" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A27" s="163"/>
-      <c r="B27" s="166"/>
+      <c r="A27" s="205"/>
+      <c r="B27" s="208"/>
       <c r="C27" s="114">
         <v>3</v>
       </c>
       <c r="D27" s="63" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A28" s="163"/>
-      <c r="B28" s="166"/>
+      <c r="A28" s="205"/>
+      <c r="B28" s="208"/>
       <c r="C28" s="114">
         <v>4</v>
       </c>
       <c r="D28" s="63" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A29" s="163"/>
-      <c r="B29" s="166"/>
+      <c r="A29" s="205"/>
+      <c r="B29" s="208"/>
       <c r="C29" s="114">
         <v>5</v>
       </c>
       <c r="D29" s="63" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A30" s="163"/>
-      <c r="B30" s="166"/>
+      <c r="A30" s="205"/>
+      <c r="B30" s="208"/>
       <c r="C30" s="114">
         <v>6</v>
       </c>
       <c r="D30" s="63" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A31" s="163"/>
-      <c r="B31" s="166"/>
+      <c r="A31" s="205"/>
+      <c r="B31" s="208"/>
       <c r="C31" s="114">
         <v>7</v>
       </c>
       <c r="D31" s="63" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A32" s="163"/>
-      <c r="B32" s="166"/>
+      <c r="A32" s="205"/>
+      <c r="B32" s="208"/>
       <c r="C32" s="114">
         <v>8</v>
       </c>
       <c r="D32" s="63" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="164"/>
-      <c r="B33" s="179"/>
+      <c r="A33" s="206"/>
+      <c r="B33" s="222"/>
       <c r="C33" s="115">
         <v>9</v>
       </c>
       <c r="D33" s="65" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="167">
+      <c r="A34" s="209">
         <v>4</v>
       </c>
-      <c r="B34" s="165" t="s">
-        <v>184</v>
+      <c r="B34" s="207" t="s">
+        <v>181</v>
       </c>
       <c r="C34" s="113">
         <v>1</v>
       </c>
       <c r="D34" s="99" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="169"/>
-      <c r="B35" s="179"/>
+      <c r="A35" s="211"/>
+      <c r="B35" s="222"/>
       <c r="C35" s="115">
         <v>2</v>
       </c>
       <c r="D35" s="67" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="167">
+      <c r="A36" s="209">
         <v>5</v>
       </c>
-      <c r="B36" s="165" t="s">
-        <v>187</v>
+      <c r="B36" s="207" t="s">
+        <v>184</v>
       </c>
       <c r="C36" s="113">
         <v>1</v>
       </c>
       <c r="D36" s="66" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="169"/>
-      <c r="B37" s="179"/>
+      <c r="A37" s="211"/>
+      <c r="B37" s="222"/>
       <c r="C37" s="115">
         <v>2</v>
       </c>
       <c r="D37" s="67" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A38" s="167">
+      <c r="A38" s="209">
         <v>6</v>
       </c>
-      <c r="B38" s="162" t="s">
-        <v>190</v>
+      <c r="B38" s="204" t="s">
+        <v>187</v>
       </c>
       <c r="C38" s="113">
         <v>1</v>
       </c>
       <c r="D38" s="62" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A39" s="168"/>
-      <c r="B39" s="163"/>
+      <c r="A39" s="210"/>
+      <c r="B39" s="205"/>
       <c r="C39" s="114">
         <v>2</v>
       </c>
       <c r="D39" s="63" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A40" s="168"/>
-      <c r="B40" s="163"/>
+      <c r="A40" s="210"/>
+      <c r="B40" s="205"/>
       <c r="C40" s="114">
         <v>3</v>
       </c>
       <c r="D40" s="63" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A41" s="168"/>
-      <c r="B41" s="163"/>
+      <c r="A41" s="210"/>
+      <c r="B41" s="205"/>
       <c r="C41" s="114">
         <v>4</v>
       </c>
       <c r="D41" s="63" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-      <c r="B42" s="164"/>
+        <v>191</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="211"/>
+      <c r="B42" s="206"/>
       <c r="C42" s="115">
         <v>5</v>
       </c>
-      <c r="D42" s="61" t="s">
-        <v>195</v>
+      <c r="D42" s="64" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="27" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="83">
         <v>7</v>
       </c>
       <c r="B43" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C43" s="118">
+        <v>1</v>
+      </c>
+      <c r="D43" s="68" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="204">
+        <v>8</v>
+      </c>
+      <c r="B44" s="201" t="s">
+        <v>195</v>
+      </c>
+      <c r="C44" s="113">
+        <v>1</v>
+      </c>
+      <c r="D44" s="70" t="s">
         <v>196</v>
       </c>
-      <c r="C43" s="119">
-[...22 lines deleted...]
-      <c r="B45" s="160"/>
+    </row>
+    <row r="45" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="205"/>
+      <c r="B45" s="202"/>
       <c r="C45" s="114">
         <v>2</v>
       </c>
       <c r="D45" s="71" t="s">
-        <v>200</v>
+        <v>766</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A46" s="163"/>
-[...2 lines deleted...]
-        <v>201</v>
+      <c r="A46" s="205"/>
+      <c r="B46" s="202"/>
+      <c r="C46" s="114">
+        <v>3</v>
       </c>
       <c r="D46" s="71" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A47" s="163"/>
-      <c r="B47" s="160"/>
+      <c r="A47" s="205"/>
+      <c r="B47" s="202"/>
       <c r="C47" s="114">
         <v>4</v>
       </c>
       <c r="D47" s="71" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A48" s="163"/>
-      <c r="B48" s="160"/>
+      <c r="A48" s="205"/>
+      <c r="B48" s="202"/>
       <c r="C48" s="114">
         <v>5</v>
       </c>
       <c r="D48" s="71" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A49" s="163"/>
-      <c r="B49" s="160"/>
+      <c r="A49" s="205"/>
+      <c r="B49" s="202"/>
       <c r="C49" s="114">
         <v>6</v>
       </c>
       <c r="D49" s="71" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A50" s="163"/>
-      <c r="B50" s="160"/>
+      <c r="A50" s="205"/>
+      <c r="B50" s="202"/>
       <c r="C50" s="114">
         <v>7</v>
       </c>
       <c r="D50" s="71" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A51" s="163"/>
-      <c r="B51" s="160"/>
+      <c r="A51" s="205"/>
+      <c r="B51" s="202"/>
       <c r="C51" s="114">
         <v>8</v>
       </c>
       <c r="D51" s="71" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A52" s="163"/>
-      <c r="B52" s="160"/>
+      <c r="A52" s="205"/>
+      <c r="B52" s="202"/>
       <c r="C52" s="114">
         <v>9</v>
       </c>
       <c r="D52" s="71" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A53" s="163"/>
-      <c r="B53" s="160"/>
+      <c r="A53" s="205"/>
+      <c r="B53" s="202"/>
       <c r="C53" s="114">
         <v>10</v>
       </c>
       <c r="D53" s="71" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A54" s="163"/>
-      <c r="B54" s="160"/>
+      <c r="A54" s="205"/>
+      <c r="B54" s="202"/>
       <c r="C54" s="114">
         <v>11</v>
       </c>
       <c r="D54" s="71" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A55" s="163"/>
-      <c r="B55" s="160"/>
+      <c r="A55" s="205"/>
+      <c r="B55" s="202"/>
       <c r="C55" s="114">
         <v>12</v>
       </c>
       <c r="D55" s="71" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A56" s="163"/>
-      <c r="B56" s="160"/>
+      <c r="A56" s="205"/>
+      <c r="B56" s="202"/>
       <c r="C56" s="114">
         <v>13</v>
       </c>
       <c r="D56" s="71" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A57" s="163"/>
-      <c r="B57" s="160"/>
+      <c r="A57" s="205"/>
+      <c r="B57" s="202"/>
       <c r="C57" s="114">
         <v>14</v>
       </c>
       <c r="D57" s="71" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A58" s="163"/>
-[...1 lines deleted...]
-      <c r="C58" s="114">
+      <c r="A58" s="205"/>
+      <c r="B58" s="202"/>
+      <c r="C58" s="164">
         <v>15</v>
       </c>
-      <c r="D58" s="72" t="s">
-        <v>214</v>
+      <c r="D58" s="165" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="164"/>
-      <c r="B59" s="161"/>
+      <c r="A59" s="206"/>
+      <c r="B59" s="203"/>
       <c r="C59" s="114">
         <v>16</v>
       </c>
       <c r="D59" s="72" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A60" s="162">
+      <c r="A60" s="204">
         <v>9</v>
       </c>
-      <c r="B60" s="162" t="s">
-        <v>216</v>
+      <c r="B60" s="204" t="s">
+        <v>211</v>
       </c>
       <c r="C60" s="113">
         <v>1</v>
       </c>
       <c r="D60" s="75" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A61" s="163"/>
-      <c r="B61" s="163"/>
+      <c r="A61" s="205"/>
+      <c r="B61" s="205"/>
       <c r="C61" s="114">
         <v>2</v>
       </c>
       <c r="D61" s="63" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A62" s="163"/>
-      <c r="B62" s="163"/>
+      <c r="A62" s="205"/>
+      <c r="B62" s="205"/>
       <c r="C62" s="114">
         <v>3</v>
       </c>
       <c r="D62" s="73" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A63" s="163"/>
-      <c r="B63" s="163"/>
+      <c r="A63" s="205"/>
+      <c r="B63" s="205"/>
       <c r="C63" s="114">
         <v>4</v>
       </c>
       <c r="D63" s="73" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A64" s="163"/>
-      <c r="B64" s="163"/>
+      <c r="A64" s="205"/>
+      <c r="B64" s="205"/>
       <c r="C64" s="114">
         <v>5</v>
       </c>
       <c r="D64" s="73" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A65" s="163"/>
-      <c r="B65" s="163"/>
+      <c r="A65" s="205"/>
+      <c r="B65" s="205"/>
       <c r="C65" s="114">
         <v>6</v>
       </c>
       <c r="D65" s="73" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A66" s="163"/>
-      <c r="B66" s="163"/>
+      <c r="A66" s="205"/>
+      <c r="B66" s="205"/>
       <c r="C66" s="114">
         <v>7</v>
       </c>
       <c r="D66" s="73" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A67" s="163"/>
-      <c r="B67" s="163"/>
+      <c r="A67" s="205"/>
+      <c r="B67" s="205"/>
       <c r="C67" s="114">
         <v>8</v>
       </c>
       <c r="D67" s="73" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="164"/>
-      <c r="B68" s="164"/>
+      <c r="A68" s="206"/>
+      <c r="B68" s="206"/>
       <c r="C68" s="115">
         <v>9</v>
       </c>
       <c r="D68" s="74" t="s">
-        <v>225</v>
+        <v>768</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="82">
         <v>10</v>
       </c>
       <c r="B69" s="81" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="C69" s="119">
+        <v>220</v>
+      </c>
+      <c r="C69" s="118">
         <v>1</v>
       </c>
       <c r="D69" s="76" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A70" s="162">
+      <c r="A70" s="204">
         <v>11</v>
       </c>
-      <c r="B70" s="173" t="s">
-        <v>228</v>
+      <c r="B70" s="218" t="s">
+        <v>222</v>
       </c>
       <c r="C70" s="113">
         <v>1</v>
       </c>
       <c r="D70" s="75" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A71" s="163"/>
-      <c r="B71" s="174"/>
+      <c r="A71" s="205"/>
+      <c r="B71" s="219"/>
       <c r="C71" s="114">
         <v>2</v>
       </c>
       <c r="D71" s="73" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="164"/>
-      <c r="B72" s="175"/>
+      <c r="A72" s="206"/>
+      <c r="B72" s="220"/>
       <c r="C72" s="114">
         <v>3</v>
       </c>
       <c r="D72" s="77" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A73" s="162">
+      <c r="A73" s="204">
         <v>12</v>
       </c>
-      <c r="B73" s="173" t="s">
-        <v>232</v>
+      <c r="B73" s="218" t="s">
+        <v>226</v>
       </c>
       <c r="C73" s="113">
         <v>1</v>
       </c>
       <c r="D73" s="78" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A74" s="163"/>
-      <c r="B74" s="174"/>
+      <c r="A74" s="205"/>
+      <c r="B74" s="219"/>
       <c r="C74" s="114">
         <v>2</v>
       </c>
       <c r="D74" s="79" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="164"/>
-      <c r="B75" s="175"/>
+      <c r="A75" s="206"/>
+      <c r="B75" s="220"/>
       <c r="C75" s="114">
         <v>3</v>
       </c>
       <c r="D75" s="79" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A76" s="162">
+      <c r="A76" s="204">
         <v>13</v>
       </c>
-      <c r="B76" s="176" t="s">
-        <v>86</v>
+      <c r="B76" s="212" t="s">
+        <v>85</v>
       </c>
       <c r="C76" s="113">
         <v>1</v>
       </c>
       <c r="D76" s="78" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A77" s="163"/>
-      <c r="B77" s="177"/>
+      <c r="A77" s="205"/>
+      <c r="B77" s="213"/>
       <c r="C77" s="114">
         <v>2</v>
       </c>
       <c r="D77" s="79" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A78" s="163"/>
-      <c r="B78" s="177"/>
+      <c r="A78" s="205"/>
+      <c r="B78" s="213"/>
       <c r="C78" s="114" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="D78" s="79" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A79" s="163"/>
-      <c r="B79" s="177"/>
+      <c r="A79" s="205"/>
+      <c r="B79" s="213"/>
       <c r="C79" s="114">
         <v>4</v>
       </c>
       <c r="D79" s="79" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A80" s="163"/>
-      <c r="B80" s="177"/>
+      <c r="A80" s="205"/>
+      <c r="B80" s="213"/>
       <c r="C80" s="114">
         <v>5</v>
       </c>
       <c r="D80" s="79" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="163"/>
-      <c r="B81" s="177"/>
+      <c r="A81" s="205"/>
+      <c r="B81" s="213"/>
       <c r="C81" s="114">
         <v>6</v>
       </c>
       <c r="D81" s="79" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A82" s="204">
+        <v>14</v>
+      </c>
+      <c r="B82" s="204" t="s">
+        <v>30</v>
+      </c>
+      <c r="C82" s="119">
+        <v>1</v>
+      </c>
+      <c r="D82" s="78" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A83" s="205"/>
+      <c r="B83" s="205"/>
+      <c r="C83" s="120">
+        <v>2</v>
+      </c>
+      <c r="D83" s="79" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="205"/>
+      <c r="B84" s="205"/>
+      <c r="C84" s="120">
+        <v>3</v>
+      </c>
+      <c r="D84" s="79" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A85" s="204">
+        <v>15</v>
+      </c>
+      <c r="B85" s="204" t="s">
+        <v>240</v>
+      </c>
+      <c r="C85" s="119"/>
+      <c r="D85" s="84" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A86" s="205"/>
+      <c r="B86" s="205"/>
+      <c r="C86" s="120">
+        <v>1</v>
+      </c>
+      <c r="D86" s="85" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A82" s="162">
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A87" s="205"/>
+      <c r="B87" s="205"/>
+      <c r="C87" s="120">
+        <v>2</v>
+      </c>
+      <c r="D87" s="85" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A88" s="205"/>
+      <c r="B88" s="205"/>
+      <c r="C88" s="120">
+        <v>3</v>
+      </c>
+      <c r="D88" s="85" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A89" s="205"/>
+      <c r="B89" s="205"/>
+      <c r="C89" s="120">
+        <v>4</v>
+      </c>
+      <c r="D89" s="85" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A90" s="205"/>
+      <c r="B90" s="205"/>
+      <c r="C90" s="120">
+        <v>5</v>
+      </c>
+      <c r="D90" s="86" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="205"/>
+      <c r="B91" s="205"/>
+      <c r="C91" s="120">
+        <v>6</v>
+      </c>
+      <c r="D91" s="86" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A92" s="204">
+        <v>16</v>
+      </c>
+      <c r="B92" s="204" t="s">
+        <v>32</v>
+      </c>
+      <c r="C92" s="119">
+        <v>1</v>
+      </c>
+      <c r="D92" s="87" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A93" s="205"/>
+      <c r="B93" s="205"/>
+      <c r="C93" s="120">
+        <v>2</v>
+      </c>
+      <c r="D93" s="88" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A94" s="205"/>
+      <c r="B94" s="205"/>
+      <c r="C94" s="120">
+        <v>3</v>
+      </c>
+      <c r="D94" s="88" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A95" s="205"/>
+      <c r="B95" s="205"/>
+      <c r="C95" s="120">
+        <v>4</v>
+      </c>
+      <c r="D95" s="88" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A96" s="205"/>
+      <c r="B96" s="205"/>
+      <c r="C96" s="120">
+        <v>5</v>
+      </c>
+      <c r="D96" s="88" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A97" s="205"/>
+      <c r="B97" s="205"/>
+      <c r="C97" s="120">
+        <v>6</v>
+      </c>
+      <c r="D97" s="88" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A98" s="205"/>
+      <c r="B98" s="205"/>
+      <c r="C98" s="120">
+        <v>7</v>
+      </c>
+      <c r="D98" s="88" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A99" s="205"/>
+      <c r="B99" s="205"/>
+      <c r="C99" s="120">
+        <v>8</v>
+      </c>
+      <c r="D99" s="88" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A100" s="205"/>
+      <c r="B100" s="205"/>
+      <c r="C100" s="120">
+        <v>9</v>
+      </c>
+      <c r="D100" s="88" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A101" s="205"/>
+      <c r="B101" s="205"/>
+      <c r="C101" s="120">
+        <v>10</v>
+      </c>
+      <c r="D101" s="88" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A102" s="205"/>
+      <c r="B102" s="205"/>
+      <c r="C102" s="120">
+        <v>11</v>
+      </c>
+      <c r="D102" s="88" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A103" s="205"/>
+      <c r="B103" s="205"/>
+      <c r="C103" s="120">
+        <v>12</v>
+      </c>
+      <c r="D103" s="88" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A104" s="205"/>
+      <c r="B104" s="205"/>
+      <c r="C104" s="120">
+        <v>13</v>
+      </c>
+      <c r="D104" s="88" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="206"/>
+      <c r="B105" s="205"/>
+      <c r="C105" s="120">
         <v>14</v>
       </c>
-      <c r="B82" s="162" t="s">
-[...12 lines deleted...]
-      <c r="C83" s="121">
+      <c r="D105" s="88" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="204">
+        <v>17</v>
+      </c>
+      <c r="B106" s="201" t="s">
+        <v>262</v>
+      </c>
+      <c r="C106" s="119">
+        <v>1</v>
+      </c>
+      <c r="D106" s="89" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="39.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="205"/>
+      <c r="B107" s="202"/>
+      <c r="C107" s="120">
         <v>2</v>
       </c>
-      <c r="D83" s="79" t="s">
-[...6 lines deleted...]
-      <c r="C84" s="121">
+      <c r="D107" s="90" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" ht="39.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="205"/>
+      <c r="B108" s="202"/>
+      <c r="C108" s="120">
         <v>3</v>
       </c>
-      <c r="D84" s="79" t="s">
-[...4 lines deleted...]
-      <c r="A85" s="162">
+      <c r="D108" s="90" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A109" s="205"/>
+      <c r="B109" s="202"/>
+      <c r="C109" s="120">
+        <v>4</v>
+      </c>
+      <c r="D109" s="90" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A110" s="205"/>
+      <c r="B110" s="202"/>
+      <c r="C110" s="120">
+        <v>5</v>
+      </c>
+      <c r="D110" s="90" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A111" s="205"/>
+      <c r="B111" s="202"/>
+      <c r="C111" s="120">
+        <v>6</v>
+      </c>
+      <c r="D111" s="90" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A112" s="205"/>
+      <c r="B112" s="202"/>
+      <c r="C112" s="145">
+        <v>7</v>
+      </c>
+      <c r="D112" s="144" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A113" s="205"/>
+      <c r="B113" s="202"/>
+      <c r="C113" s="120">
+        <v>8</v>
+      </c>
+      <c r="D113" s="90" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A114" s="205"/>
+      <c r="B114" s="202"/>
+      <c r="C114" s="120">
+        <v>9</v>
+      </c>
+      <c r="D114" s="90" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A115" s="205"/>
+      <c r="B115" s="202"/>
+      <c r="C115" s="120">
+        <v>10</v>
+      </c>
+      <c r="D115" s="90" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="205"/>
+      <c r="B116" s="202"/>
+      <c r="C116" s="120">
+        <v>11</v>
+      </c>
+      <c r="D116" s="90" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A117" s="205"/>
+      <c r="B117" s="202"/>
+      <c r="C117" s="120">
+        <v>12</v>
+      </c>
+      <c r="D117" s="90" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A118" s="205"/>
+      <c r="B118" s="202"/>
+      <c r="C118" s="120">
+        <v>13</v>
+      </c>
+      <c r="D118" s="90" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="206"/>
+      <c r="B119" s="203"/>
+      <c r="C119" s="120">
+        <v>14</v>
+      </c>
+      <c r="D119" s="90" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="204">
+        <v>18</v>
+      </c>
+      <c r="B120" s="201" t="s">
+        <v>276</v>
+      </c>
+      <c r="C120" s="124">
+        <v>1</v>
+      </c>
+      <c r="D120" s="62" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A121" s="205"/>
+      <c r="B121" s="202"/>
+      <c r="C121" s="125">
+        <v>2</v>
+      </c>
+      <c r="D121" s="63" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="205"/>
+      <c r="B122" s="202"/>
+      <c r="C122" s="125">
+        <v>3</v>
+      </c>
+      <c r="D122" s="63" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A123" s="205"/>
+      <c r="B123" s="202"/>
+      <c r="C123" s="125">
+        <v>4</v>
+      </c>
+      <c r="D123" s="63" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A124" s="205"/>
+      <c r="B124" s="202"/>
+      <c r="C124" s="125">
+        <v>5</v>
+      </c>
+      <c r="D124" s="63" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A125" s="205"/>
+      <c r="B125" s="202"/>
+      <c r="C125" s="125">
+        <v>6</v>
+      </c>
+      <c r="D125" s="63" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A126" s="205"/>
+      <c r="B126" s="202"/>
+      <c r="C126" s="125">
+        <v>7</v>
+      </c>
+      <c r="D126" s="63" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A127" s="205"/>
+      <c r="B127" s="202"/>
+      <c r="C127" s="125">
+        <v>8</v>
+      </c>
+      <c r="D127" s="63" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A128" s="205"/>
+      <c r="B128" s="202"/>
+      <c r="C128" s="147">
+        <v>9</v>
+      </c>
+      <c r="D128" s="146" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A129" s="205"/>
+      <c r="B129" s="202"/>
+      <c r="C129" s="125">
+        <v>10</v>
+      </c>
+      <c r="D129" s="63" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A130" s="205"/>
+      <c r="B130" s="202"/>
+      <c r="C130" s="125">
+        <v>11</v>
+      </c>
+      <c r="D130" s="63" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A131" s="205"/>
+      <c r="B131" s="202"/>
+      <c r="C131" s="125">
+        <v>12</v>
+      </c>
+      <c r="D131" s="63" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A132" s="205"/>
+      <c r="B132" s="202"/>
+      <c r="C132" s="125">
+        <v>13</v>
+      </c>
+      <c r="D132" s="63" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A133" s="205"/>
+      <c r="B133" s="202"/>
+      <c r="C133" s="147">
+        <v>14</v>
+      </c>
+      <c r="D133" s="63" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A134" s="205"/>
+      <c r="B134" s="202"/>
+      <c r="C134" s="125">
         <v>15</v>
       </c>
-      <c r="B85" s="162" t="s">
-[...68 lines deleted...]
-      <c r="A92" s="162">
+      <c r="D134" s="63" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A135" s="205"/>
+      <c r="B135" s="202"/>
+      <c r="C135" s="125">
         <v>16</v>
       </c>
-      <c r="B92" s="162" t="s">
-[...140 lines deleted...]
-      <c r="A106" s="162">
+      <c r="D135" s="63" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A136" s="205"/>
+      <c r="B136" s="202"/>
+      <c r="C136" s="125">
         <v>17</v>
       </c>
-      <c r="B106" s="159" t="s">
-[...140 lines deleted...]
-      <c r="A120" s="162">
+      <c r="D136" s="63" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A137" s="205"/>
+      <c r="B137" s="202"/>
+      <c r="C137" s="125">
         <v>18</v>
       </c>
-      <c r="B120" s="159" t="s">
-[...65 lines deleted...]
-      <c r="D126" s="63" t="s">
+      <c r="D137" s="63" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="127" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D127" s="63" t="s">
+    <row r="138" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A138" s="205"/>
+      <c r="B138" s="202"/>
+      <c r="C138" s="125">
+        <v>19</v>
+      </c>
+      <c r="D138" s="63" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="128" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D128" s="63" t="s">
+    <row r="139" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A139" s="205"/>
+      <c r="B139" s="202"/>
+      <c r="C139" s="147">
+        <v>20</v>
+      </c>
+      <c r="D139" s="138" t="s">
         <v>292</v>
       </c>
     </row>
-    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D129" s="63" t="s">
+    <row r="140" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="205"/>
+      <c r="B140" s="202"/>
+      <c r="C140" s="125">
+        <v>21</v>
+      </c>
+      <c r="D140" s="63" t="s">
         <v>293</v>
       </c>
     </row>
-    <row r="130" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D130" s="63" t="s">
+    <row r="141" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A141" s="205"/>
+      <c r="B141" s="202"/>
+      <c r="C141" s="125">
+        <v>22</v>
+      </c>
+      <c r="D141" s="63" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="131" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D131" s="63" t="s">
+    <row r="142" spans="1:4" ht="27" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="206"/>
+      <c r="B142" s="203"/>
+      <c r="C142" s="126">
+        <v>23</v>
+      </c>
+      <c r="D142" s="123" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="132" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D132" s="63" t="s">
+    <row r="143" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="204">
+        <v>19</v>
+      </c>
+      <c r="B143" s="201" t="s">
         <v>296</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D133" s="63" t="s">
+      <c r="C143" s="113">
+        <v>1</v>
+      </c>
+      <c r="D143" s="89" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="134" spans="1:4" x14ac:dyDescent="0.25">
-[...102 lines deleted...]
-    </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A144" s="163"/>
-      <c r="B144" s="160"/>
+      <c r="A144" s="205"/>
+      <c r="B144" s="202"/>
       <c r="C144" s="114">
         <v>2</v>
       </c>
       <c r="D144" s="90" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="145" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A145" s="163"/>
-      <c r="B145" s="160"/>
+      <c r="A145" s="205"/>
+      <c r="B145" s="202"/>
       <c r="C145" s="114">
         <v>3</v>
       </c>
       <c r="D145" s="90" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A146" s="163"/>
-      <c r="B146" s="160"/>
+      <c r="A146" s="205"/>
+      <c r="B146" s="202"/>
       <c r="C146" s="114">
         <v>4</v>
       </c>
       <c r="D146" s="90" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A147" s="163"/>
-[...1 lines deleted...]
-      <c r="C147" s="114">
+      <c r="A147" s="205"/>
+      <c r="B147" s="202"/>
+      <c r="C147" s="167">
         <v>5</v>
       </c>
-      <c r="D147" s="90" t="s">
-        <v>309</v>
+      <c r="D147" s="228" t="s">
+        <v>777</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A148" s="163"/>
-[...1 lines deleted...]
-      <c r="C148" s="114">
+      <c r="A148" s="205"/>
+      <c r="B148" s="202"/>
+      <c r="C148" s="167">
         <v>6</v>
       </c>
-      <c r="D148" s="90" t="s">
-        <v>310</v>
+      <c r="D148" s="228" t="s">
+        <v>776</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A149" s="163"/>
-[...1 lines deleted...]
-      <c r="C149" s="114">
+      <c r="A149" s="205"/>
+      <c r="B149" s="202"/>
+      <c r="C149" s="167">
         <v>7</v>
       </c>
-      <c r="D149" s="90" t="s">
-        <v>311</v>
+      <c r="D149" s="228" t="s">
+        <v>775</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A150" s="163"/>
-[...1 lines deleted...]
-      <c r="C150" s="114">
+      <c r="A150" s="205"/>
+      <c r="B150" s="202"/>
+      <c r="C150" s="167">
         <v>8</v>
       </c>
-      <c r="D150" s="90" t="s">
-        <v>312</v>
+      <c r="D150" s="228" t="s">
+        <v>774</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A151" s="163"/>
-[...1 lines deleted...]
-      <c r="C151" s="114">
+      <c r="A151" s="205"/>
+      <c r="B151" s="202"/>
+      <c r="C151" s="167">
         <v>9</v>
       </c>
-      <c r="D151" s="90" t="s">
-        <v>313</v>
+      <c r="D151" s="229" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A152" s="163"/>
-      <c r="B152" s="160"/>
+      <c r="A152" s="205"/>
+      <c r="B152" s="202"/>
       <c r="C152" s="114">
         <v>10</v>
       </c>
       <c r="D152" s="90" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A153" s="163"/>
-      <c r="B153" s="160"/>
+      <c r="A153" s="205"/>
+      <c r="B153" s="202"/>
       <c r="C153" s="114">
         <v>11</v>
       </c>
       <c r="D153" s="90" t="s">
-        <v>315</v>
+        <v>302</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A154" s="163"/>
-      <c r="B154" s="160"/>
+      <c r="A154" s="205"/>
+      <c r="B154" s="202"/>
       <c r="C154" s="114">
         <v>12</v>
       </c>
       <c r="D154" s="90" t="s">
-        <v>316</v>
+        <v>303</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A155" s="163"/>
-      <c r="B155" s="160"/>
+      <c r="A155" s="205"/>
+      <c r="B155" s="202"/>
       <c r="C155" s="114">
         <v>13</v>
       </c>
       <c r="D155" s="90" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
     </row>
     <row r="156" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A156" s="163"/>
-      <c r="B156" s="160"/>
+      <c r="A156" s="205"/>
+      <c r="B156" s="202"/>
       <c r="C156" s="114">
         <v>14</v>
       </c>
       <c r="D156" s="90" t="s">
-        <v>317</v>
+        <v>304</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A157" s="163"/>
-      <c r="B157" s="160"/>
+      <c r="A157" s="205"/>
+      <c r="B157" s="202"/>
       <c r="C157" s="114">
         <v>15</v>
       </c>
       <c r="D157" s="90" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A158" s="163"/>
-      <c r="B158" s="160"/>
+      <c r="A158" s="205"/>
+      <c r="B158" s="202"/>
       <c r="C158" s="114">
         <v>16</v>
       </c>
       <c r="D158" s="90" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A159" s="163"/>
-      <c r="B159" s="160"/>
+      <c r="A159" s="205"/>
+      <c r="B159" s="202"/>
       <c r="C159" s="114">
         <v>17</v>
       </c>
       <c r="D159" s="90" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
     </row>
     <row r="160" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A160" s="163"/>
-      <c r="B160" s="160"/>
+      <c r="A160" s="205"/>
+      <c r="B160" s="202"/>
       <c r="C160" s="114">
         <v>18</v>
       </c>
       <c r="D160" s="90" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
     </row>
     <row r="161" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A161" s="163"/>
-      <c r="B161" s="160"/>
+      <c r="A161" s="205"/>
+      <c r="B161" s="202"/>
       <c r="C161" s="114">
         <v>19</v>
       </c>
       <c r="D161" s="90" t="s">
-        <v>319</v>
+        <v>306</v>
       </c>
     </row>
     <row r="162" spans="1:4" ht="63.75" x14ac:dyDescent="0.25">
-      <c r="A162" s="163"/>
-[...1 lines deleted...]
-      <c r="C162" s="114">
+      <c r="A162" s="205"/>
+      <c r="B162" s="202"/>
+      <c r="C162" s="133">
         <v>20</v>
       </c>
-      <c r="D162" s="90" t="s">
-        <v>320</v>
+      <c r="D162" s="144" t="s">
+        <v>307</v>
       </c>
     </row>
     <row r="163" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A163" s="163"/>
-      <c r="B163" s="160"/>
+      <c r="A163" s="205"/>
+      <c r="B163" s="202"/>
       <c r="C163" s="114">
         <v>21</v>
       </c>
       <c r="D163" s="90" t="s">
-        <v>321</v>
+        <v>308</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A164" s="163"/>
-      <c r="B164" s="160"/>
+      <c r="A164" s="205"/>
+      <c r="B164" s="202"/>
       <c r="C164" s="114">
         <v>22</v>
       </c>
       <c r="D164" s="90" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="165" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A165" s="164"/>
-      <c r="B165" s="161"/>
+      <c r="A165" s="206"/>
+      <c r="B165" s="203"/>
       <c r="C165" s="114">
         <v>23</v>
       </c>
       <c r="D165" s="90" t="s">
-        <v>322</v>
+        <v>309</v>
       </c>
     </row>
     <row r="166" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A166" s="162">
+      <c r="A166" s="204">
         <v>20</v>
       </c>
-      <c r="B166" s="159" t="s">
-        <v>323</v>
+      <c r="B166" s="201" t="s">
+        <v>310</v>
       </c>
       <c r="C166" s="113">
         <v>1</v>
       </c>
       <c r="D166" s="89" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A167" s="163"/>
-      <c r="B167" s="160"/>
+      <c r="A167" s="205"/>
+      <c r="B167" s="202"/>
       <c r="C167" s="114">
         <v>2</v>
       </c>
       <c r="D167" s="90" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="168" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A168" s="163"/>
-      <c r="B168" s="160"/>
+      <c r="A168" s="205"/>
+      <c r="B168" s="202"/>
       <c r="C168" s="114" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="D168" s="85" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A169" s="163"/>
-      <c r="B169" s="160"/>
+      <c r="A169" s="205"/>
+      <c r="B169" s="202"/>
       <c r="C169" s="114">
         <v>4</v>
       </c>
       <c r="D169" s="85" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A170" s="163"/>
-      <c r="B170" s="160"/>
+      <c r="A170" s="205"/>
+      <c r="B170" s="202"/>
       <c r="C170" s="114">
         <v>5</v>
       </c>
       <c r="D170" s="85" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A171" s="163"/>
-      <c r="B171" s="160"/>
+      <c r="A171" s="205"/>
+      <c r="B171" s="202"/>
       <c r="C171" s="114">
         <v>6</v>
       </c>
       <c r="D171" s="85" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A172" s="163"/>
-      <c r="B172" s="160"/>
+      <c r="A172" s="205"/>
+      <c r="B172" s="202"/>
       <c r="C172" s="114">
         <v>7</v>
       </c>
       <c r="D172" s="85" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A173" s="163"/>
-      <c r="B173" s="160"/>
+      <c r="A173" s="205"/>
+      <c r="B173" s="202"/>
       <c r="C173" s="114">
         <v>8</v>
       </c>
       <c r="D173" s="85" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A174" s="163"/>
-[...1 lines deleted...]
-      <c r="C174" s="114">
+      <c r="A174" s="205"/>
+      <c r="B174" s="202"/>
+      <c r="C174" s="133">
         <v>9</v>
       </c>
-      <c r="D174" s="85" t="s">
-        <v>313</v>
+      <c r="D174" s="148" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A175" s="163"/>
-      <c r="B175" s="160"/>
+      <c r="A175" s="205"/>
+      <c r="B175" s="202"/>
       <c r="C175" s="114">
         <v>10</v>
       </c>
       <c r="D175" s="85" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A176" s="163"/>
-      <c r="B176" s="160"/>
+      <c r="A176" s="205"/>
+      <c r="B176" s="202"/>
       <c r="C176" s="114">
         <v>11</v>
       </c>
       <c r="D176" s="85" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A177" s="163"/>
-      <c r="B177" s="160"/>
+      <c r="A177" s="205"/>
+      <c r="B177" s="202"/>
       <c r="C177" s="114">
         <v>12</v>
       </c>
       <c r="D177" s="85" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
     </row>
     <row r="178" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A178" s="163"/>
-      <c r="B178" s="160"/>
+      <c r="A178" s="205"/>
+      <c r="B178" s="202"/>
       <c r="C178" s="114">
         <v>13</v>
       </c>
       <c r="D178" s="85" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
     </row>
     <row r="179" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A179" s="163"/>
-      <c r="B179" s="160"/>
+      <c r="A179" s="205"/>
+      <c r="B179" s="202"/>
       <c r="C179" s="114">
         <v>14</v>
       </c>
       <c r="D179" s="85" t="s">
-        <v>297</v>
+        <v>746</v>
       </c>
     </row>
     <row r="180" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A180" s="163"/>
-      <c r="B180" s="160"/>
+      <c r="A180" s="205"/>
+      <c r="B180" s="202"/>
       <c r="C180" s="114">
         <v>15</v>
       </c>
       <c r="D180" s="85" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
     </row>
     <row r="181" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A181" s="163"/>
-      <c r="B181" s="160"/>
+      <c r="A181" s="205"/>
+      <c r="B181" s="202"/>
       <c r="C181" s="114">
         <v>16</v>
       </c>
       <c r="D181" s="85" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A182" s="163"/>
-      <c r="B182" s="160"/>
+      <c r="A182" s="205"/>
+      <c r="B182" s="202"/>
       <c r="C182" s="114">
         <v>17</v>
       </c>
       <c r="D182" s="85" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A183" s="163"/>
-      <c r="B183" s="160"/>
+      <c r="A183" s="205"/>
+      <c r="B183" s="202"/>
       <c r="C183" s="114">
         <v>18</v>
       </c>
       <c r="D183" s="85" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
     </row>
     <row r="184" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A184" s="163"/>
-      <c r="B184" s="160"/>
+      <c r="A184" s="205"/>
+      <c r="B184" s="202"/>
       <c r="C184" s="114">
         <v>19</v>
       </c>
       <c r="D184" s="92" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
     </row>
     <row r="185" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A185" s="163"/>
-[...1 lines deleted...]
-      <c r="C185" s="114">
+      <c r="A185" s="205"/>
+      <c r="B185" s="202"/>
+      <c r="C185" s="133">
         <v>20</v>
       </c>
-      <c r="D185" s="85" t="s">
-        <v>336</v>
+      <c r="D185" s="148" t="s">
+        <v>323</v>
       </c>
     </row>
     <row r="186" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A186" s="163"/>
-      <c r="B186" s="160"/>
+      <c r="A186" s="205"/>
+      <c r="B186" s="202"/>
       <c r="C186" s="114">
         <v>21</v>
       </c>
       <c r="D186" s="85" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A187" s="163"/>
-      <c r="B187" s="160"/>
+      <c r="A187" s="205"/>
+      <c r="B187" s="202"/>
       <c r="C187" s="114">
         <v>22</v>
       </c>
       <c r="D187" s="85" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="188" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A188" s="164"/>
-      <c r="B188" s="161"/>
+      <c r="A188" s="206"/>
+      <c r="B188" s="203"/>
       <c r="C188" s="114">
         <v>23</v>
       </c>
       <c r="D188" s="85" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
     </row>
     <row r="189" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="167">
+      <c r="A189" s="209">
         <v>21</v>
       </c>
-      <c r="B189" s="170" t="s">
-        <v>337</v>
+      <c r="B189" s="201" t="s">
+        <v>324</v>
       </c>
       <c r="C189" s="113">
         <v>1</v>
       </c>
       <c r="D189" s="89" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A190" s="168"/>
-      <c r="B190" s="171"/>
+      <c r="A190" s="210"/>
+      <c r="B190" s="202"/>
       <c r="C190" s="114">
         <v>2</v>
       </c>
       <c r="D190" s="90" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="191" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A191" s="168"/>
-[...2 lines deleted...]
-        <v>339</v>
+      <c r="A191" s="210"/>
+      <c r="B191" s="202"/>
+      <c r="C191" s="114">
+        <v>3</v>
       </c>
       <c r="D191" s="90" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A192" s="168"/>
-      <c r="B192" s="171"/>
+      <c r="A192" s="210"/>
+      <c r="B192" s="202"/>
       <c r="C192" s="114">
         <v>4</v>
       </c>
       <c r="D192" s="90" t="s">
-        <v>308</v>
+        <v>299</v>
       </c>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A193" s="168"/>
-[...1 lines deleted...]
-      <c r="C193" s="114">
+      <c r="A193" s="210"/>
+      <c r="B193" s="202"/>
+      <c r="C193" s="167">
         <v>5</v>
       </c>
-      <c r="D193" s="90" t="s">
-        <v>341</v>
+      <c r="D193" s="168" t="s">
+        <v>773</v>
       </c>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A194" s="168"/>
-[...1 lines deleted...]
-      <c r="C194" s="114">
+      <c r="A194" s="210"/>
+      <c r="B194" s="202"/>
+      <c r="C194" s="167">
         <v>6</v>
       </c>
-      <c r="D194" s="90" t="s">
-        <v>342</v>
+      <c r="D194" s="168" t="s">
+        <v>772</v>
       </c>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A195" s="168"/>
-[...1 lines deleted...]
-      <c r="C195" s="114">
+      <c r="A195" s="210"/>
+      <c r="B195" s="202"/>
+      <c r="C195" s="166">
         <v>7</v>
       </c>
-      <c r="D195" s="90" t="s">
-        <v>343</v>
+      <c r="D195" s="144" t="s">
+        <v>753</v>
       </c>
     </row>
     <row r="196" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A196" s="168"/>
-[...1 lines deleted...]
-      <c r="C196" s="114">
+      <c r="A196" s="210"/>
+      <c r="B196" s="202"/>
+      <c r="C196" s="167">
         <v>8</v>
       </c>
-      <c r="D196" s="90" t="s">
-        <v>344</v>
+      <c r="D196" s="168" t="s">
+        <v>771</v>
       </c>
     </row>
     <row r="197" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A197" s="168"/>
-      <c r="B197" s="171"/>
+      <c r="A197" s="210"/>
+      <c r="B197" s="202"/>
       <c r="C197" s="114">
         <v>9</v>
       </c>
       <c r="D197" s="90" t="s">
-        <v>345</v>
+        <v>327</v>
       </c>
     </row>
     <row r="198" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A198" s="168"/>
-      <c r="B198" s="171"/>
+      <c r="A198" s="210"/>
+      <c r="B198" s="202"/>
       <c r="C198" s="114">
         <v>10</v>
       </c>
       <c r="D198" s="90" t="s">
-        <v>316</v>
+        <v>303</v>
       </c>
     </row>
     <row r="199" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A199" s="168"/>
-      <c r="B199" s="171"/>
+      <c r="A199" s="210"/>
+      <c r="B199" s="202"/>
       <c r="C199" s="114">
         <v>11</v>
       </c>
       <c r="D199" s="90" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
     </row>
     <row r="200" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A200" s="168"/>
-      <c r="B200" s="171"/>
+      <c r="A200" s="210"/>
+      <c r="B200" s="202"/>
       <c r="C200" s="114">
         <v>12</v>
       </c>
       <c r="D200" s="90" t="s">
-        <v>297</v>
+        <v>747</v>
       </c>
     </row>
     <row r="201" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A201" s="168"/>
-      <c r="B201" s="171"/>
+      <c r="A201" s="210"/>
+      <c r="B201" s="202"/>
       <c r="C201" s="114">
         <v>13</v>
       </c>
       <c r="D201" s="90" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
     </row>
     <row r="202" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A202" s="168"/>
-      <c r="B202" s="171"/>
+      <c r="A202" s="210"/>
+      <c r="B202" s="202"/>
       <c r="C202" s="114">
         <v>14</v>
       </c>
       <c r="D202" s="90" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
     </row>
     <row r="203" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A203" s="168"/>
-      <c r="B203" s="171"/>
+      <c r="A203" s="210"/>
+      <c r="B203" s="202"/>
       <c r="C203" s="114">
         <v>15</v>
       </c>
       <c r="D203" s="90" t="s">
-        <v>346</v>
+        <v>328</v>
       </c>
     </row>
     <row r="204" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A204" s="168"/>
-      <c r="B204" s="171"/>
+      <c r="A204" s="210"/>
+      <c r="B204" s="202"/>
       <c r="C204" s="114">
         <v>16</v>
       </c>
       <c r="D204" s="90" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
     </row>
     <row r="205" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A205" s="168"/>
-      <c r="B205" s="171"/>
+      <c r="A205" s="210"/>
+      <c r="B205" s="202"/>
       <c r="C205" s="114">
         <v>17</v>
       </c>
       <c r="D205" s="90" t="s">
-        <v>319</v>
+        <v>306</v>
       </c>
     </row>
     <row r="206" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A206" s="168"/>
-[...1 lines deleted...]
-      <c r="C206" s="114">
+      <c r="A206" s="210"/>
+      <c r="B206" s="202"/>
+      <c r="C206" s="133">
         <v>18</v>
       </c>
-      <c r="D206" s="90" t="s">
-        <v>347</v>
+      <c r="D206" s="144" t="s">
+        <v>329</v>
       </c>
     </row>
     <row r="207" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A207" s="168"/>
-      <c r="B207" s="171"/>
+      <c r="A207" s="210"/>
+      <c r="B207" s="202"/>
       <c r="C207" s="114">
         <v>19</v>
       </c>
       <c r="D207" s="90" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
     </row>
     <row r="208" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A208" s="168"/>
-      <c r="B208" s="171"/>
+      <c r="A208" s="210"/>
+      <c r="B208" s="202"/>
       <c r="C208" s="114">
         <v>20</v>
       </c>
       <c r="D208" s="90" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="209" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A209" s="169"/>
-      <c r="B209" s="172"/>
+      <c r="A209" s="211"/>
+      <c r="B209" s="203"/>
       <c r="C209" s="114">
         <v>21</v>
       </c>
       <c r="D209" s="90" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
     </row>
     <row r="210" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A210" s="162">
+      <c r="A210" s="204">
         <v>22</v>
       </c>
-      <c r="B210" s="159" t="s">
-        <v>95</v>
+      <c r="B210" s="201" t="s">
+        <v>94</v>
       </c>
       <c r="C210" s="113"/>
       <c r="D210" s="93" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
     </row>
     <row r="211" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A211" s="163"/>
-      <c r="B211" s="160"/>
+      <c r="A211" s="205"/>
+      <c r="B211" s="202"/>
       <c r="C211" s="114">
         <v>1</v>
       </c>
       <c r="D211" s="79" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
     </row>
     <row r="212" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A212" s="163"/>
-      <c r="B212" s="160"/>
+      <c r="A212" s="205"/>
+      <c r="B212" s="202"/>
       <c r="C212" s="114">
         <v>2</v>
       </c>
       <c r="D212" s="79" t="s">
-        <v>350</v>
+        <v>332</v>
       </c>
     </row>
     <row r="213" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A213" s="163"/>
-      <c r="B213" s="160"/>
+      <c r="A213" s="205"/>
+      <c r="B213" s="202"/>
       <c r="C213" s="114">
         <v>3</v>
       </c>
       <c r="D213" s="79" t="s">
-        <v>351</v>
+        <v>333</v>
       </c>
     </row>
     <row r="214" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A214" s="163"/>
-      <c r="B214" s="160"/>
+      <c r="A214" s="205"/>
+      <c r="B214" s="202"/>
       <c r="C214" s="114">
         <v>4</v>
       </c>
       <c r="D214" s="79" t="s">
-        <v>352</v>
+        <v>334</v>
       </c>
     </row>
     <row r="215" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A215" s="163"/>
-      <c r="B215" s="160"/>
+      <c r="A215" s="205"/>
+      <c r="B215" s="202"/>
       <c r="C215" s="114"/>
       <c r="D215" s="94" t="s">
-        <v>353</v>
+        <v>335</v>
       </c>
     </row>
     <row r="216" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A216" s="163"/>
-      <c r="B216" s="160"/>
+      <c r="A216" s="205"/>
+      <c r="B216" s="202"/>
       <c r="C216" s="114">
         <v>5</v>
       </c>
       <c r="D216" s="79" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
     </row>
     <row r="217" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A217" s="163"/>
-      <c r="B217" s="160"/>
+      <c r="A217" s="205"/>
+      <c r="B217" s="202"/>
       <c r="C217" s="114">
         <v>6</v>
       </c>
       <c r="D217" s="79" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
     </row>
     <row r="218" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A218" s="163"/>
-      <c r="B218" s="160"/>
+      <c r="A218" s="205"/>
+      <c r="B218" s="202"/>
       <c r="C218" s="114">
         <v>7</v>
       </c>
       <c r="D218" s="79" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
     </row>
     <row r="219" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A219" s="163"/>
-      <c r="B219" s="160"/>
+      <c r="A219" s="205"/>
+      <c r="B219" s="202"/>
       <c r="C219" s="114">
         <v>8</v>
       </c>
       <c r="D219" s="79" t="s">
-        <v>357</v>
+        <v>339</v>
       </c>
     </row>
     <row r="220" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A220" s="163"/>
-      <c r="B220" s="160"/>
+      <c r="A220" s="205"/>
+      <c r="B220" s="202"/>
       <c r="C220" s="114">
         <v>9</v>
       </c>
       <c r="D220" s="79" t="s">
-        <v>358</v>
+        <v>340</v>
       </c>
     </row>
     <row r="221" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A221" s="163"/>
-      <c r="B221" s="160"/>
+      <c r="A221" s="205"/>
+      <c r="B221" s="202"/>
       <c r="C221" s="114">
         <v>10</v>
       </c>
       <c r="D221" s="79" t="s">
-        <v>359</v>
+        <v>341</v>
       </c>
     </row>
     <row r="222" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A222" s="163"/>
-      <c r="B222" s="160"/>
+      <c r="A222" s="205"/>
+      <c r="B222" s="202"/>
       <c r="C222" s="114">
         <v>11</v>
       </c>
       <c r="D222" s="79" t="s">
-        <v>360</v>
+        <v>342</v>
       </c>
     </row>
     <row r="223" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A223" s="163"/>
-      <c r="B223" s="160"/>
+      <c r="A223" s="205"/>
+      <c r="B223" s="202"/>
       <c r="C223" s="114">
         <v>12</v>
       </c>
       <c r="D223" s="79" t="s">
-        <v>361</v>
+        <v>343</v>
       </c>
     </row>
     <row r="224" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A224" s="163"/>
-      <c r="B224" s="160"/>
+      <c r="A224" s="205"/>
+      <c r="B224" s="202"/>
       <c r="C224" s="114">
         <v>13</v>
       </c>
       <c r="D224" s="79" t="s">
-        <v>362</v>
+        <v>344</v>
       </c>
     </row>
     <row r="225" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A225" s="163"/>
-      <c r="B225" s="160"/>
+      <c r="A225" s="205"/>
+      <c r="B225" s="202"/>
       <c r="C225" s="114"/>
       <c r="D225" s="94" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
     </row>
     <row r="226" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A226" s="163"/>
-      <c r="B226" s="160"/>
+      <c r="A226" s="205"/>
+      <c r="B226" s="202"/>
       <c r="C226" s="114">
         <v>14</v>
       </c>
       <c r="D226" s="79" t="s">
-        <v>364</v>
+        <v>346</v>
       </c>
     </row>
     <row r="227" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A227" s="163"/>
-      <c r="B227" s="160"/>
+      <c r="A227" s="205"/>
+      <c r="B227" s="202"/>
       <c r="C227" s="114"/>
       <c r="D227" s="79" t="s">
-        <v>365</v>
+        <v>347</v>
       </c>
     </row>
     <row r="228" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A228" s="163"/>
-      <c r="B228" s="160"/>
+      <c r="A228" s="205"/>
+      <c r="B228" s="202"/>
       <c r="C228" s="114"/>
       <c r="D228" s="79" t="s">
-        <v>366</v>
+        <v>348</v>
       </c>
     </row>
     <row r="229" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A229" s="163"/>
-      <c r="B229" s="160"/>
+      <c r="A229" s="205"/>
+      <c r="B229" s="202"/>
       <c r="C229" s="114">
         <v>15</v>
       </c>
       <c r="D229" s="79" t="s">
-        <v>367</v>
+        <v>349</v>
       </c>
     </row>
     <row r="230" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A230" s="163"/>
-      <c r="B230" s="160"/>
+      <c r="A230" s="205"/>
+      <c r="B230" s="202"/>
       <c r="C230" s="114">
         <v>16</v>
       </c>
       <c r="D230" s="79" t="s">
-        <v>368</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A231" s="163"/>
-      <c r="B231" s="160"/>
+      <c r="A231" s="205"/>
+      <c r="B231" s="202"/>
       <c r="C231" s="114">
         <v>17</v>
       </c>
       <c r="D231" s="79" t="s">
-        <v>369</v>
+        <v>351</v>
       </c>
     </row>
     <row r="232" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A232" s="163"/>
-      <c r="B232" s="160"/>
+      <c r="A232" s="205"/>
+      <c r="B232" s="202"/>
       <c r="C232" s="114">
         <v>18</v>
       </c>
       <c r="D232" s="79" t="s">
-        <v>370</v>
+        <v>352</v>
       </c>
     </row>
     <row r="233" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A233" s="163"/>
-      <c r="B233" s="160"/>
+      <c r="A233" s="205"/>
+      <c r="B233" s="202"/>
       <c r="C233" s="114">
         <v>19</v>
       </c>
       <c r="D233" s="79" t="s">
-        <v>371</v>
+        <v>353</v>
       </c>
     </row>
     <row r="234" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A234" s="163"/>
-      <c r="B234" s="160"/>
+      <c r="A234" s="205"/>
+      <c r="B234" s="202"/>
       <c r="C234" s="114"/>
       <c r="D234" s="79" t="s">
-        <v>372</v>
+        <v>743</v>
       </c>
     </row>
     <row r="235" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A235" s="163"/>
-      <c r="B235" s="160"/>
+      <c r="A235" s="205"/>
+      <c r="B235" s="202"/>
       <c r="C235" s="114"/>
       <c r="D235" s="79" t="s">
-        <v>373</v>
+        <v>741</v>
       </c>
     </row>
     <row r="236" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A236" s="163"/>
-      <c r="B236" s="160"/>
+      <c r="A236" s="205"/>
+      <c r="B236" s="202"/>
       <c r="C236" s="114"/>
       <c r="D236" s="79" t="s">
-        <v>374</v>
+        <v>742</v>
       </c>
     </row>
     <row r="237" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A237" s="163"/>
-      <c r="B237" s="160"/>
+      <c r="A237" s="205"/>
+      <c r="B237" s="202"/>
       <c r="C237" s="114"/>
       <c r="D237" s="94" t="s">
-        <v>375</v>
+        <v>354</v>
       </c>
     </row>
     <row r="238" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A238" s="163"/>
-      <c r="B238" s="160"/>
+      <c r="A238" s="205"/>
+      <c r="B238" s="202"/>
       <c r="C238" s="114">
         <v>20</v>
       </c>
       <c r="D238" s="79" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
     </row>
     <row r="239" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A239" s="163"/>
-      <c r="B239" s="160"/>
+      <c r="A239" s="205"/>
+      <c r="B239" s="202"/>
       <c r="C239" s="114">
         <v>21</v>
       </c>
       <c r="D239" s="79" t="s">
-        <v>377</v>
+        <v>356</v>
       </c>
     </row>
     <row r="240" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A240" s="163"/>
-      <c r="B240" s="160"/>
+      <c r="A240" s="205"/>
+      <c r="B240" s="202"/>
       <c r="C240" s="114">
         <v>22</v>
       </c>
       <c r="D240" s="79" t="s">
-        <v>378</v>
+        <v>357</v>
       </c>
     </row>
     <row r="241" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A241" s="163"/>
-      <c r="B241" s="160"/>
+      <c r="A241" s="205"/>
+      <c r="B241" s="202"/>
       <c r="C241" s="114">
         <v>23</v>
       </c>
       <c r="D241" s="79" t="s">
-        <v>379</v>
+        <v>358</v>
       </c>
     </row>
     <row r="242" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A242" s="163"/>
-      <c r="B242" s="160"/>
+      <c r="A242" s="205"/>
+      <c r="B242" s="202"/>
       <c r="C242" s="114"/>
       <c r="D242" s="94" t="s">
-        <v>380</v>
+        <v>359</v>
       </c>
     </row>
     <row r="243" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A243" s="163"/>
-      <c r="B243" s="160"/>
+      <c r="A243" s="205"/>
+      <c r="B243" s="202"/>
       <c r="C243" s="114">
         <v>24</v>
       </c>
       <c r="D243" s="79" t="s">
-        <v>381</v>
+        <v>360</v>
       </c>
     </row>
     <row r="244" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A244" s="163"/>
-      <c r="B244" s="160"/>
+      <c r="A244" s="205"/>
+      <c r="B244" s="202"/>
       <c r="C244" s="114">
         <v>25</v>
       </c>
       <c r="D244" s="79" t="s">
-        <v>382</v>
+        <v>361</v>
       </c>
     </row>
     <row r="245" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A245" s="163"/>
-      <c r="B245" s="160"/>
+      <c r="A245" s="205"/>
+      <c r="B245" s="202"/>
       <c r="C245" s="114">
         <v>26</v>
       </c>
       <c r="D245" s="79" t="s">
-        <v>383</v>
+        <v>362</v>
       </c>
     </row>
     <row r="246" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A246" s="164"/>
-      <c r="B246" s="161"/>
+      <c r="A246" s="206"/>
+      <c r="B246" s="203"/>
       <c r="C246" s="114">
         <v>27</v>
       </c>
       <c r="D246" s="79" t="s">
-        <v>384</v>
+        <v>363</v>
       </c>
     </row>
     <row r="247" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A247" s="162">
+      <c r="A247" s="204">
         <v>23</v>
       </c>
-      <c r="B247" s="159" t="s">
-        <v>385</v>
+      <c r="B247" s="201" t="s">
+        <v>364</v>
       </c>
       <c r="C247" s="113">
         <v>1</v>
       </c>
       <c r="D247" s="89" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
     </row>
     <row r="248" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A248" s="163"/>
-      <c r="B248" s="160"/>
+      <c r="A248" s="205"/>
+      <c r="B248" s="202"/>
       <c r="C248" s="114">
         <v>2</v>
       </c>
       <c r="D248" s="90" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
     </row>
     <row r="249" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A249" s="163"/>
-      <c r="B249" s="160"/>
+      <c r="A249" s="205"/>
+      <c r="B249" s="202"/>
       <c r="C249" s="114">
         <v>3</v>
       </c>
       <c r="D249" s="90" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
     </row>
     <row r="250" spans="1:4" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A250" s="163"/>
-      <c r="B250" s="160"/>
+      <c r="A250" s="205"/>
+      <c r="B250" s="202"/>
       <c r="C250" s="114">
         <v>4</v>
       </c>
       <c r="D250" s="90" t="s">
-        <v>389</v>
+        <v>368</v>
       </c>
     </row>
     <row r="251" spans="1:4" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A251" s="163"/>
-      <c r="B251" s="160"/>
+      <c r="A251" s="205"/>
+      <c r="B251" s="202"/>
       <c r="C251" s="114">
         <v>5</v>
       </c>
       <c r="D251" s="90" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
     </row>
     <row r="252" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A252" s="163"/>
-      <c r="B252" s="160"/>
+      <c r="A252" s="205"/>
+      <c r="B252" s="202"/>
       <c r="C252" s="114">
         <v>6</v>
       </c>
       <c r="D252" s="90" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
     </row>
     <row r="253" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A253" s="163"/>
-      <c r="B253" s="160"/>
+      <c r="A253" s="205"/>
+      <c r="B253" s="202"/>
       <c r="C253" s="114">
         <v>7</v>
       </c>
       <c r="D253" s="90" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
     </row>
     <row r="254" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A254" s="163"/>
-      <c r="B254" s="160"/>
+      <c r="A254" s="205"/>
+      <c r="B254" s="202"/>
       <c r="C254" s="114">
         <v>8</v>
       </c>
       <c r="D254" s="90" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
     </row>
     <row r="255" spans="1:4" ht="63.75" x14ac:dyDescent="0.25">
-      <c r="A255" s="163"/>
-      <c r="B255" s="160"/>
+      <c r="A255" s="205"/>
+      <c r="B255" s="202"/>
       <c r="C255" s="114">
         <v>9</v>
       </c>
       <c r="D255" s="90" t="s">
-        <v>394</v>
+        <v>373</v>
       </c>
     </row>
     <row r="256" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A256" s="163"/>
-      <c r="B256" s="160"/>
+      <c r="A256" s="205"/>
+      <c r="B256" s="202"/>
       <c r="C256" s="114">
         <v>10</v>
       </c>
       <c r="D256" s="90" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
     </row>
     <row r="257" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A257" s="164"/>
-      <c r="B257" s="161"/>
+      <c r="A257" s="206"/>
+      <c r="B257" s="203"/>
       <c r="C257" s="115">
         <v>11</v>
       </c>
       <c r="D257" s="91" t="s">
-        <v>396</v>
+        <v>375</v>
       </c>
     </row>
     <row r="258" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A258" s="162">
+      <c r="A258" s="204">
         <v>24</v>
       </c>
-      <c r="B258" s="159" t="s">
-        <v>397</v>
+      <c r="B258" s="201" t="s">
+        <v>376</v>
       </c>
       <c r="C258" s="113"/>
       <c r="D258" s="93" t="s">
-        <v>398</v>
+        <v>377</v>
       </c>
     </row>
     <row r="259" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A259" s="163"/>
-      <c r="B259" s="160"/>
+      <c r="A259" s="205"/>
+      <c r="B259" s="202"/>
       <c r="C259" s="114">
         <v>1</v>
       </c>
       <c r="D259" s="79" t="s">
-        <v>399</v>
+        <v>378</v>
       </c>
     </row>
     <row r="260" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A260" s="163"/>
-      <c r="B260" s="160"/>
+      <c r="A260" s="205"/>
+      <c r="B260" s="202"/>
       <c r="C260" s="114">
         <v>2</v>
       </c>
       <c r="D260" s="79" t="s">
-        <v>400</v>
+        <v>379</v>
       </c>
     </row>
     <row r="261" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A261" s="163"/>
-      <c r="B261" s="160"/>
+      <c r="A261" s="205"/>
+      <c r="B261" s="202"/>
       <c r="C261" s="114">
         <v>3</v>
       </c>
       <c r="D261" s="79" t="s">
-        <v>401</v>
+        <v>380</v>
       </c>
     </row>
     <row r="262" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A262" s="163"/>
-      <c r="B262" s="160"/>
+      <c r="A262" s="205"/>
+      <c r="B262" s="202"/>
       <c r="C262" s="114"/>
       <c r="D262" s="94" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
     </row>
     <row r="263" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A263" s="163"/>
-      <c r="B263" s="160"/>
+      <c r="A263" s="205"/>
+      <c r="B263" s="202"/>
       <c r="C263" s="114">
         <v>4</v>
       </c>
       <c r="D263" s="79" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
     </row>
     <row r="264" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A264" s="163"/>
-      <c r="B264" s="160"/>
+      <c r="A264" s="205"/>
+      <c r="B264" s="202"/>
       <c r="C264" s="114">
         <v>5</v>
       </c>
       <c r="D264" s="79" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
     </row>
     <row r="265" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A265" s="163"/>
-      <c r="B265" s="160"/>
+      <c r="A265" s="205"/>
+      <c r="B265" s="202"/>
       <c r="C265" s="114">
         <v>6</v>
       </c>
       <c r="D265" s="79" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
     </row>
     <row r="266" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A266" s="163"/>
-      <c r="B266" s="160"/>
+      <c r="A266" s="205"/>
+      <c r="B266" s="202"/>
       <c r="C266" s="114">
         <v>7</v>
       </c>
       <c r="D266" s="79" t="s">
-        <v>406</v>
+        <v>385</v>
       </c>
     </row>
     <row r="267" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A267" s="163"/>
-      <c r="B267" s="160"/>
+      <c r="A267" s="205"/>
+      <c r="B267" s="202"/>
       <c r="C267" s="114">
         <v>8</v>
       </c>
       <c r="D267" s="79" t="s">
-        <v>407</v>
+        <v>386</v>
       </c>
     </row>
     <row r="268" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A268" s="163"/>
-      <c r="B268" s="160"/>
+      <c r="A268" s="205"/>
+      <c r="B268" s="202"/>
       <c r="C268" s="114"/>
       <c r="D268" s="79" t="s">
-        <v>408</v>
+        <v>387</v>
       </c>
     </row>
     <row r="269" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A269" s="163"/>
-      <c r="B269" s="160"/>
+      <c r="A269" s="205"/>
+      <c r="B269" s="202"/>
       <c r="C269" s="114"/>
       <c r="D269" s="79" t="s">
-        <v>409</v>
+        <v>388</v>
       </c>
     </row>
     <row r="270" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A270" s="163"/>
-      <c r="B270" s="160"/>
+      <c r="A270" s="205"/>
+      <c r="B270" s="202"/>
       <c r="C270" s="114"/>
       <c r="D270" s="79" t="s">
-        <v>410</v>
+        <v>389</v>
       </c>
     </row>
     <row r="271" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A271" s="163"/>
-      <c r="B271" s="160"/>
+      <c r="A271" s="205"/>
+      <c r="B271" s="202"/>
       <c r="C271" s="114">
         <v>9</v>
       </c>
       <c r="D271" s="79" t="s">
-        <v>411</v>
+        <v>390</v>
       </c>
     </row>
     <row r="272" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A272" s="163"/>
-      <c r="B272" s="160"/>
+      <c r="A272" s="205"/>
+      <c r="B272" s="202"/>
       <c r="C272" s="114">
         <v>10</v>
       </c>
       <c r="D272" s="79" t="s">
-        <v>412</v>
+        <v>391</v>
       </c>
     </row>
     <row r="273" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A273" s="163"/>
-      <c r="B273" s="160"/>
+      <c r="A273" s="205"/>
+      <c r="B273" s="202"/>
       <c r="C273" s="114"/>
       <c r="D273" s="94" t="s">
-        <v>413</v>
+        <v>392</v>
       </c>
     </row>
     <row r="274" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A274" s="163"/>
-      <c r="B274" s="160"/>
+      <c r="A274" s="205"/>
+      <c r="B274" s="202"/>
       <c r="C274" s="114">
         <v>11</v>
       </c>
       <c r="D274" s="79" t="s">
-        <v>414</v>
+        <v>393</v>
       </c>
     </row>
     <row r="275" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A275" s="163"/>
-      <c r="B275" s="160"/>
+      <c r="A275" s="205"/>
+      <c r="B275" s="202"/>
       <c r="C275" s="114">
         <v>12</v>
       </c>
       <c r="D275" s="79" t="s">
-        <v>415</v>
+        <v>394</v>
       </c>
     </row>
     <row r="276" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A276" s="163"/>
-      <c r="B276" s="160"/>
+      <c r="A276" s="205"/>
+      <c r="B276" s="202"/>
       <c r="C276" s="114">
         <v>13</v>
       </c>
       <c r="D276" s="79" t="s">
-        <v>416</v>
+        <v>395</v>
       </c>
     </row>
     <row r="277" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A277" s="163"/>
-      <c r="B277" s="160"/>
+      <c r="A277" s="205"/>
+      <c r="B277" s="202"/>
       <c r="C277" s="114">
         <v>14</v>
       </c>
       <c r="D277" s="79" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
     </row>
     <row r="278" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A278" s="163"/>
-      <c r="B278" s="160"/>
+      <c r="A278" s="205"/>
+      <c r="B278" s="202"/>
       <c r="C278" s="114">
         <v>15</v>
       </c>
       <c r="D278" s="79" t="s">
-        <v>418</v>
+        <v>397</v>
       </c>
     </row>
     <row r="279" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A279" s="163"/>
-      <c r="B279" s="160"/>
+      <c r="A279" s="205"/>
+      <c r="B279" s="202"/>
       <c r="C279" s="114"/>
       <c r="D279" s="94" t="s">
-        <v>419</v>
+        <v>398</v>
       </c>
     </row>
     <row r="280" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A280" s="163"/>
-      <c r="B280" s="160"/>
+      <c r="A280" s="205"/>
+      <c r="B280" s="202"/>
       <c r="C280" s="114">
         <v>16</v>
       </c>
       <c r="D280" s="79" t="s">
-        <v>420</v>
+        <v>399</v>
       </c>
     </row>
     <row r="281" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A281" s="163"/>
-      <c r="B281" s="160"/>
+      <c r="A281" s="205"/>
+      <c r="B281" s="202"/>
       <c r="C281" s="114">
         <v>17</v>
       </c>
       <c r="D281" s="79" t="s">
-        <v>421</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A282" s="163"/>
-      <c r="B282" s="160"/>
+      <c r="A282" s="205"/>
+      <c r="B282" s="202"/>
       <c r="C282" s="114">
         <v>18</v>
       </c>
       <c r="D282" s="79" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
     </row>
     <row r="283" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A283" s="163"/>
-      <c r="B283" s="160"/>
+      <c r="A283" s="205"/>
+      <c r="B283" s="202"/>
       <c r="C283" s="114">
         <v>19</v>
       </c>
       <c r="D283" s="79" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
     </row>
     <row r="284" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A284" s="163"/>
-      <c r="B284" s="160"/>
+      <c r="A284" s="205"/>
+      <c r="B284" s="202"/>
       <c r="C284" s="114"/>
       <c r="D284" s="94" t="s">
-        <v>424</v>
+        <v>403</v>
       </c>
     </row>
     <row r="285" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A285" s="163"/>
-      <c r="B285" s="160"/>
+      <c r="A285" s="205"/>
+      <c r="B285" s="202"/>
       <c r="C285" s="114">
         <v>20</v>
       </c>
       <c r="D285" s="79" t="s">
-        <v>425</v>
+        <v>404</v>
       </c>
     </row>
     <row r="286" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A286" s="163"/>
-      <c r="B286" s="160"/>
+      <c r="A286" s="205"/>
+      <c r="B286" s="202"/>
       <c r="C286" s="114">
         <v>21</v>
       </c>
       <c r="D286" s="79" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
     </row>
     <row r="287" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A287" s="163"/>
-      <c r="B287" s="160"/>
+      <c r="A287" s="205"/>
+      <c r="B287" s="202"/>
       <c r="C287" s="114">
         <v>22</v>
       </c>
       <c r="D287" s="79" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
     </row>
     <row r="288" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A288" s="163"/>
-      <c r="B288" s="160"/>
+      <c r="A288" s="205"/>
+      <c r="B288" s="202"/>
       <c r="C288" s="114">
         <v>23</v>
       </c>
       <c r="D288" s="79" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
     </row>
     <row r="289" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A289" s="163"/>
-      <c r="B289" s="160"/>
+      <c r="A289" s="205"/>
+      <c r="B289" s="202"/>
       <c r="C289" s="114">
         <v>24</v>
       </c>
       <c r="D289" s="79" t="s">
-        <v>429</v>
+        <v>408</v>
       </c>
     </row>
     <row r="290" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A290" s="164"/>
-      <c r="B290" s="161"/>
+      <c r="A290" s="206"/>
+      <c r="B290" s="203"/>
       <c r="C290" s="114">
         <v>25</v>
       </c>
       <c r="D290" s="79" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
     </row>
     <row r="291" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A291" s="167">
+      <c r="A291" s="209">
         <v>25</v>
       </c>
-      <c r="B291" s="165" t="s">
-        <v>79</v>
+      <c r="B291" s="207" t="s">
+        <v>78</v>
       </c>
       <c r="C291" s="113"/>
       <c r="D291" s="93" t="s">
-        <v>431</v>
+        <v>410</v>
       </c>
     </row>
     <row r="292" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A292" s="168"/>
-      <c r="B292" s="166"/>
+      <c r="A292" s="210"/>
+      <c r="B292" s="208"/>
       <c r="C292" s="114">
         <v>1</v>
       </c>
       <c r="D292" s="79" t="s">
-        <v>432</v>
+        <v>411</v>
       </c>
     </row>
     <row r="293" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A293" s="168"/>
-      <c r="B293" s="166"/>
+      <c r="A293" s="210"/>
+      <c r="B293" s="208"/>
       <c r="C293" s="114">
         <v>2</v>
       </c>
       <c r="D293" s="79" t="s">
-        <v>433</v>
+        <v>412</v>
       </c>
     </row>
     <row r="294" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A294" s="168"/>
-      <c r="B294" s="166"/>
+      <c r="A294" s="210"/>
+      <c r="B294" s="208"/>
       <c r="C294" s="114">
         <v>3</v>
       </c>
       <c r="D294" s="79" t="s">
-        <v>434</v>
+        <v>413</v>
       </c>
     </row>
     <row r="295" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A295" s="168"/>
-      <c r="B295" s="166"/>
+      <c r="A295" s="210"/>
+      <c r="B295" s="208"/>
       <c r="C295" s="114">
         <v>4</v>
       </c>
       <c r="D295" s="79" t="s">
-        <v>435</v>
+        <v>414</v>
       </c>
     </row>
     <row r="296" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A296" s="168"/>
-      <c r="B296" s="166"/>
+      <c r="A296" s="210"/>
+      <c r="B296" s="208"/>
       <c r="C296" s="114"/>
       <c r="D296" s="79" t="s">
-        <v>436</v>
+        <v>415</v>
       </c>
     </row>
     <row r="297" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A297" s="168"/>
-      <c r="B297" s="166"/>
+      <c r="A297" s="210"/>
+      <c r="B297" s="208"/>
       <c r="C297" s="114"/>
       <c r="D297" s="79" t="s">
-        <v>437</v>
+        <v>416</v>
       </c>
     </row>
     <row r="298" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A298" s="168"/>
-      <c r="B298" s="166"/>
+      <c r="A298" s="210"/>
+      <c r="B298" s="208"/>
       <c r="C298" s="114"/>
       <c r="D298" s="94" t="s">
-        <v>438</v>
+        <v>417</v>
       </c>
     </row>
     <row r="299" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A299" s="168"/>
-      <c r="B299" s="166"/>
+      <c r="A299" s="210"/>
+      <c r="B299" s="208"/>
       <c r="C299" s="114">
         <v>5</v>
       </c>
       <c r="D299" s="79" t="s">
-        <v>439</v>
+        <v>418</v>
       </c>
     </row>
     <row r="300" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A300" s="168"/>
-      <c r="B300" s="166"/>
+      <c r="A300" s="210"/>
+      <c r="B300" s="208"/>
       <c r="C300" s="114">
         <v>6</v>
       </c>
       <c r="D300" s="79" t="s">
-        <v>440</v>
+        <v>419</v>
       </c>
     </row>
     <row r="301" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A301" s="168"/>
-      <c r="B301" s="166"/>
+      <c r="A301" s="210"/>
+      <c r="B301" s="208"/>
       <c r="C301" s="114">
         <v>7</v>
       </c>
       <c r="D301" s="79" t="s">
-        <v>441</v>
+        <v>420</v>
       </c>
     </row>
     <row r="302" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A302" s="168"/>
-      <c r="B302" s="166"/>
+      <c r="A302" s="210"/>
+      <c r="B302" s="208"/>
       <c r="C302" s="114"/>
       <c r="D302" s="94" t="s">
-        <v>442</v>
+        <v>421</v>
       </c>
     </row>
     <row r="303" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A303" s="168"/>
-      <c r="B303" s="166"/>
+      <c r="A303" s="210"/>
+      <c r="B303" s="208"/>
       <c r="C303" s="114">
         <v>8</v>
       </c>
       <c r="D303" s="79" t="s">
-        <v>443</v>
+        <v>422</v>
       </c>
     </row>
     <row r="304" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A304" s="168"/>
-      <c r="B304" s="166"/>
+      <c r="A304" s="210"/>
+      <c r="B304" s="208"/>
       <c r="C304" s="114">
         <v>9</v>
       </c>
       <c r="D304" s="79" t="s">
-        <v>444</v>
+        <v>423</v>
       </c>
     </row>
     <row r="305" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A305" s="168"/>
-      <c r="B305" s="166"/>
+      <c r="A305" s="210"/>
+      <c r="B305" s="208"/>
       <c r="C305" s="114">
         <v>10</v>
       </c>
       <c r="D305" s="79" t="s">
-        <v>445</v>
+        <v>424</v>
       </c>
     </row>
     <row r="306" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A306" s="168"/>
-      <c r="B306" s="166"/>
+      <c r="A306" s="210"/>
+      <c r="B306" s="208"/>
       <c r="C306" s="114"/>
       <c r="D306" s="94" t="s">
-        <v>446</v>
+        <v>425</v>
       </c>
     </row>
     <row r="307" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A307" s="168"/>
-      <c r="B307" s="166"/>
+      <c r="A307" s="210"/>
+      <c r="B307" s="208"/>
       <c r="C307" s="114">
         <v>11</v>
       </c>
       <c r="D307" s="79" t="s">
-        <v>447</v>
+        <v>426</v>
       </c>
     </row>
     <row r="308" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A308" s="168"/>
-      <c r="B308" s="166"/>
+      <c r="A308" s="210"/>
+      <c r="B308" s="208"/>
       <c r="C308" s="114">
         <v>12</v>
       </c>
       <c r="D308" s="79" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
     </row>
     <row r="309" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A309" s="168"/>
-      <c r="B309" s="166"/>
+      <c r="A309" s="210"/>
+      <c r="B309" s="208"/>
       <c r="C309" s="114">
         <v>13</v>
       </c>
       <c r="D309" s="79" t="s">
-        <v>449</v>
+        <v>428</v>
       </c>
     </row>
     <row r="310" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A310" s="168"/>
-      <c r="B310" s="166"/>
+      <c r="A310" s="210"/>
+      <c r="B310" s="208"/>
       <c r="C310" s="114"/>
       <c r="D310" s="94" t="s">
-        <v>450</v>
+        <v>429</v>
       </c>
     </row>
     <row r="311" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A311" s="168"/>
-      <c r="B311" s="166"/>
+      <c r="A311" s="210"/>
+      <c r="B311" s="208"/>
       <c r="C311" s="114">
         <v>14</v>
       </c>
       <c r="D311" s="79" t="s">
-        <v>451</v>
+        <v>430</v>
       </c>
     </row>
     <row r="312" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A312" s="168"/>
-      <c r="B312" s="166"/>
+      <c r="A312" s="210"/>
+      <c r="B312" s="208"/>
       <c r="C312" s="114">
         <v>15</v>
       </c>
       <c r="D312" s="79" t="s">
-        <v>452</v>
+        <v>431</v>
       </c>
     </row>
     <row r="313" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A313" s="168"/>
-      <c r="B313" s="166"/>
+      <c r="A313" s="210"/>
+      <c r="B313" s="208"/>
       <c r="C313" s="114">
         <v>16</v>
       </c>
       <c r="D313" s="79" t="s">
-        <v>453</v>
+        <v>432</v>
       </c>
     </row>
     <row r="314" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A314" s="168"/>
-      <c r="B314" s="166"/>
+      <c r="A314" s="210"/>
+      <c r="B314" s="208"/>
       <c r="C314" s="114"/>
       <c r="D314" s="94" t="s">
-        <v>454</v>
+        <v>433</v>
       </c>
     </row>
     <row r="315" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A315" s="168"/>
-      <c r="B315" s="166"/>
+      <c r="A315" s="210"/>
+      <c r="B315" s="208"/>
       <c r="C315" s="114">
         <v>17</v>
       </c>
       <c r="D315" s="79" t="s">
-        <v>455</v>
+        <v>434</v>
       </c>
     </row>
     <row r="316" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A316" s="168"/>
-      <c r="B316" s="166"/>
+      <c r="A316" s="210"/>
+      <c r="B316" s="208"/>
       <c r="C316" s="114">
         <v>18</v>
       </c>
       <c r="D316" s="79" t="s">
-        <v>456</v>
+        <v>435</v>
       </c>
     </row>
     <row r="317" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A317" s="168"/>
-      <c r="B317" s="166"/>
+      <c r="A317" s="210"/>
+      <c r="B317" s="208"/>
       <c r="C317" s="114">
         <v>19</v>
       </c>
       <c r="D317" s="79" t="s">
-        <v>457</v>
+        <v>436</v>
       </c>
     </row>
     <row r="318" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A318" s="168"/>
-      <c r="B318" s="166"/>
+      <c r="A318" s="210"/>
+      <c r="B318" s="208"/>
       <c r="C318" s="114"/>
       <c r="D318" s="94" t="s">
-        <v>458</v>
+        <v>437</v>
       </c>
     </row>
     <row r="319" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A319" s="168"/>
-      <c r="B319" s="166"/>
+      <c r="A319" s="210"/>
+      <c r="B319" s="208"/>
       <c r="C319" s="114">
         <v>20</v>
       </c>
       <c r="D319" s="79" t="s">
-        <v>459</v>
+        <v>438</v>
       </c>
     </row>
     <row r="320" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A320" s="169"/>
-      <c r="B320" s="166"/>
+      <c r="A320" s="211"/>
+      <c r="B320" s="208"/>
       <c r="C320" s="114">
         <v>21</v>
       </c>
       <c r="D320" s="79" t="s">
-        <v>460</v>
+        <v>439</v>
       </c>
     </row>
     <row r="321" spans="1:4" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A321" s="176">
+      <c r="A321" s="212">
         <v>26</v>
       </c>
-      <c r="B321" s="183" t="s">
-        <v>461</v>
+      <c r="B321" s="215" t="s">
+        <v>440</v>
       </c>
       <c r="C321" s="113">
         <v>1</v>
       </c>
       <c r="D321" s="89" t="s">
-        <v>462</v>
+        <v>441</v>
       </c>
     </row>
     <row r="322" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A322" s="177"/>
-      <c r="B322" s="184"/>
+      <c r="A322" s="213"/>
+      <c r="B322" s="216"/>
       <c r="C322" s="114">
         <v>2</v>
       </c>
       <c r="D322" s="90" t="s">
-        <v>463</v>
+        <v>442</v>
       </c>
     </row>
     <row r="323" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A323" s="177"/>
-      <c r="B323" s="184"/>
+      <c r="A323" s="213"/>
+      <c r="B323" s="216"/>
       <c r="C323" s="114">
         <v>3</v>
       </c>
       <c r="D323" s="90" t="s">
-        <v>464</v>
+        <v>443</v>
       </c>
     </row>
     <row r="324" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A324" s="177"/>
-      <c r="B324" s="184"/>
+      <c r="A324" s="213"/>
+      <c r="B324" s="216"/>
       <c r="C324" s="114">
         <v>4</v>
       </c>
       <c r="D324" s="90" t="s">
-        <v>465</v>
+        <v>444</v>
       </c>
     </row>
     <row r="325" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A325" s="177"/>
-      <c r="B325" s="184"/>
+      <c r="A325" s="213"/>
+      <c r="B325" s="216"/>
       <c r="C325" s="114">
         <v>5</v>
       </c>
       <c r="D325" s="90" t="s">
-        <v>466</v>
+        <v>445</v>
       </c>
     </row>
     <row r="326" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A326" s="177"/>
-      <c r="B326" s="184"/>
+      <c r="A326" s="213"/>
+      <c r="B326" s="216"/>
       <c r="C326" s="114">
         <v>6</v>
       </c>
       <c r="D326" s="90" t="s">
-        <v>467</v>
+        <v>446</v>
       </c>
     </row>
     <row r="327" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A327" s="177"/>
-      <c r="B327" s="184"/>
+      <c r="A327" s="213"/>
+      <c r="B327" s="216"/>
       <c r="C327" s="114">
         <v>7</v>
       </c>
       <c r="D327" s="90" t="s">
-        <v>468</v>
+        <v>447</v>
       </c>
     </row>
     <row r="328" spans="1:4" ht="26.25" x14ac:dyDescent="0.25">
-      <c r="A328" s="177"/>
-      <c r="B328" s="184"/>
+      <c r="A328" s="213"/>
+      <c r="B328" s="216"/>
       <c r="C328" s="114">
         <v>8</v>
       </c>
       <c r="D328" s="110" t="s">
-        <v>469</v>
+        <v>448</v>
       </c>
     </row>
     <row r="329" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A329" s="177"/>
-      <c r="B329" s="184"/>
+      <c r="A329" s="213"/>
+      <c r="B329" s="216"/>
       <c r="C329" s="114">
         <v>9</v>
       </c>
       <c r="D329" s="112" t="s">
-        <v>470</v>
+        <v>449</v>
       </c>
     </row>
     <row r="330" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A330" s="182"/>
-      <c r="B330" s="185"/>
+      <c r="A330" s="214"/>
+      <c r="B330" s="217"/>
       <c r="C330" s="115">
         <v>10</v>
       </c>
       <c r="D330" s="91" t="s">
-        <v>471</v>
+        <v>450</v>
       </c>
     </row>
     <row r="331" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A331" s="167">
+      <c r="A331" s="209">
         <v>27</v>
       </c>
-      <c r="B331" s="159" t="s">
-        <v>81</v>
+      <c r="B331" s="201" t="s">
+        <v>80</v>
       </c>
       <c r="C331" s="113">
         <v>1</v>
       </c>
       <c r="D331" s="95" t="s">
-        <v>472</v>
+        <v>451</v>
       </c>
     </row>
     <row r="332" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A332" s="168"/>
-      <c r="B332" s="160"/>
+      <c r="A332" s="210"/>
+      <c r="B332" s="202"/>
       <c r="C332" s="114">
         <v>2</v>
       </c>
       <c r="D332" s="85" t="s">
-        <v>473</v>
+        <v>452</v>
       </c>
     </row>
     <row r="333" spans="1:4" ht="27.75" x14ac:dyDescent="0.25">
-      <c r="A333" s="168"/>
-      <c r="B333" s="160"/>
+      <c r="A333" s="210"/>
+      <c r="B333" s="202"/>
       <c r="C333" s="114">
         <v>3</v>
       </c>
       <c r="D333" s="85" t="s">
-        <v>474</v>
+        <v>453</v>
       </c>
     </row>
     <row r="334" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A334" s="168"/>
-      <c r="B334" s="160"/>
+      <c r="A334" s="210"/>
+      <c r="B334" s="202"/>
       <c r="C334" s="114">
         <v>4</v>
       </c>
       <c r="D334" s="85" t="s">
-        <v>475</v>
+        <v>454</v>
       </c>
     </row>
     <row r="335" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A335" s="168"/>
-      <c r="B335" s="160"/>
+      <c r="A335" s="210"/>
+      <c r="B335" s="202"/>
       <c r="C335" s="114">
         <v>5</v>
       </c>
       <c r="D335" s="85" t="s">
-        <v>476</v>
+        <v>455</v>
       </c>
     </row>
     <row r="336" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A336" s="168"/>
-      <c r="B336" s="160"/>
+      <c r="A336" s="210"/>
+      <c r="B336" s="202"/>
       <c r="C336" s="114">
         <v>6</v>
       </c>
       <c r="D336" s="85" t="s">
-        <v>477</v>
+        <v>456</v>
       </c>
     </row>
     <row r="337" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A337" s="168"/>
-      <c r="B337" s="160"/>
+      <c r="A337" s="210"/>
+      <c r="B337" s="202"/>
       <c r="C337" s="114">
         <v>7</v>
       </c>
       <c r="D337" s="85" t="s">
-        <v>478</v>
+        <v>457</v>
       </c>
     </row>
     <row r="338" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A338" s="168"/>
-      <c r="B338" s="160"/>
+      <c r="A338" s="210"/>
+      <c r="B338" s="202"/>
       <c r="C338" s="114"/>
       <c r="D338" s="85" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
     </row>
     <row r="339" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A339" s="168"/>
-      <c r="B339" s="160"/>
+      <c r="A339" s="210"/>
+      <c r="B339" s="202"/>
       <c r="C339" s="114">
         <v>9</v>
       </c>
       <c r="D339" s="85" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
     </row>
     <row r="340" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A340" s="168"/>
-      <c r="B340" s="160"/>
+      <c r="A340" s="210"/>
+      <c r="B340" s="202"/>
       <c r="C340" s="114">
         <v>10</v>
       </c>
       <c r="D340" s="85" t="s">
-        <v>480</v>
+        <v>459</v>
       </c>
     </row>
     <row r="341" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-      <c r="A341" s="168"/>
-      <c r="B341" s="160"/>
+      <c r="A341" s="210"/>
+      <c r="B341" s="202"/>
       <c r="C341" s="114"/>
       <c r="D341" s="85" t="s">
-        <v>481</v>
+        <v>460</v>
       </c>
     </row>
     <row r="342" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A342" s="168"/>
-      <c r="B342" s="160"/>
+      <c r="A342" s="210"/>
+      <c r="B342" s="202"/>
       <c r="C342" s="114">
         <v>12</v>
       </c>
       <c r="D342" s="85" t="s">
-        <v>482</v>
+        <v>461</v>
       </c>
     </row>
     <row r="343" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A343" s="169"/>
-      <c r="B343" s="161"/>
+      <c r="A343" s="211"/>
+      <c r="B343" s="203"/>
       <c r="C343" s="114">
         <v>13</v>
       </c>
       <c r="D343" s="85" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
     </row>
     <row r="344" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A344" s="167">
+      <c r="A344" s="209">
         <v>28</v>
       </c>
-      <c r="B344" s="170" t="s">
-        <v>483</v>
+      <c r="B344" s="201" t="s">
+        <v>462</v>
       </c>
       <c r="C344" s="113"/>
       <c r="D344" s="93" t="s">
-        <v>484</v>
+        <v>463</v>
       </c>
     </row>
     <row r="345" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A345" s="168"/>
-      <c r="B345" s="171"/>
+      <c r="A345" s="210"/>
+      <c r="B345" s="202"/>
       <c r="C345" s="114">
         <v>1</v>
       </c>
       <c r="D345" s="79" t="s">
-        <v>485</v>
+        <v>464</v>
       </c>
     </row>
     <row r="346" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A346" s="168"/>
-      <c r="B346" s="171"/>
+      <c r="A346" s="210"/>
+      <c r="B346" s="202"/>
       <c r="C346" s="114">
         <v>2</v>
       </c>
       <c r="D346" s="79" t="s">
-        <v>486</v>
+        <v>465</v>
       </c>
     </row>
     <row r="347" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A347" s="168"/>
-      <c r="B347" s="171"/>
+      <c r="A347" s="210"/>
+      <c r="B347" s="202"/>
       <c r="C347" s="114">
         <v>3</v>
       </c>
       <c r="D347" s="79" t="s">
-        <v>487</v>
+        <v>466</v>
       </c>
     </row>
     <row r="348" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A348" s="168"/>
-      <c r="B348" s="171"/>
+      <c r="A348" s="210"/>
+      <c r="B348" s="202"/>
       <c r="C348" s="114">
         <v>4</v>
       </c>
       <c r="D348" s="79" t="s">
-        <v>488</v>
+        <v>467</v>
       </c>
     </row>
     <row r="349" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A349" s="168"/>
-      <c r="B349" s="171"/>
+      <c r="A349" s="210"/>
+      <c r="B349" s="202"/>
       <c r="C349" s="114">
         <v>5</v>
       </c>
       <c r="D349" s="79" t="s">
-        <v>489</v>
+        <v>468</v>
       </c>
     </row>
     <row r="350" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A350" s="168"/>
-      <c r="B350" s="171"/>
+      <c r="A350" s="210"/>
+      <c r="B350" s="202"/>
       <c r="C350" s="114"/>
       <c r="D350" s="94" t="s">
-        <v>490</v>
+        <v>469</v>
       </c>
     </row>
     <row r="351" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A351" s="168"/>
-      <c r="B351" s="171"/>
+      <c r="A351" s="210"/>
+      <c r="B351" s="202"/>
       <c r="C351" s="114">
         <v>1</v>
       </c>
       <c r="D351" s="79" t="s">
-        <v>491</v>
+        <v>470</v>
       </c>
     </row>
     <row r="352" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A352" s="168"/>
-      <c r="B352" s="171"/>
+      <c r="A352" s="210"/>
+      <c r="B352" s="202"/>
       <c r="C352" s="114">
         <v>2</v>
       </c>
       <c r="D352" s="79" t="s">
-        <v>492</v>
+        <v>471</v>
       </c>
     </row>
     <row r="353" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A353" s="168"/>
-      <c r="B353" s="171"/>
+      <c r="A353" s="210"/>
+      <c r="B353" s="202"/>
       <c r="C353" s="114">
         <v>3</v>
       </c>
       <c r="D353" s="79" t="s">
-        <v>493</v>
+        <v>472</v>
       </c>
     </row>
     <row r="354" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A354" s="168"/>
-      <c r="B354" s="171"/>
+      <c r="A354" s="210"/>
+      <c r="B354" s="202"/>
       <c r="C354" s="114">
         <v>4</v>
       </c>
       <c r="D354" s="79" t="s">
-        <v>494</v>
+        <v>473</v>
       </c>
     </row>
     <row r="355" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A355" s="168"/>
-      <c r="B355" s="171"/>
+      <c r="A355" s="210"/>
+      <c r="B355" s="202"/>
       <c r="C355" s="114">
         <v>5</v>
       </c>
       <c r="D355" s="79" t="s">
-        <v>495</v>
+        <v>474</v>
       </c>
     </row>
     <row r="356" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A356" s="168"/>
-      <c r="B356" s="171"/>
+      <c r="A356" s="210"/>
+      <c r="B356" s="202"/>
       <c r="C356" s="114">
         <v>6</v>
       </c>
       <c r="D356" s="79" t="s">
-        <v>496</v>
+        <v>475</v>
       </c>
     </row>
     <row r="357" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A357" s="168"/>
-      <c r="B357" s="171"/>
+      <c r="A357" s="210"/>
+      <c r="B357" s="202"/>
       <c r="C357" s="114">
         <v>7</v>
       </c>
       <c r="D357" s="79" t="s">
-        <v>497</v>
+        <v>476</v>
       </c>
     </row>
     <row r="358" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A358" s="168"/>
-      <c r="B358" s="171"/>
+      <c r="A358" s="210"/>
+      <c r="B358" s="202"/>
       <c r="C358" s="114"/>
       <c r="D358" s="94" t="s">
-        <v>498</v>
+        <v>477</v>
       </c>
     </row>
     <row r="359" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A359" s="168"/>
-      <c r="B359" s="171"/>
+      <c r="A359" s="210"/>
+      <c r="B359" s="202"/>
       <c r="C359" s="114">
         <v>1</v>
       </c>
       <c r="D359" s="79" t="s">
-        <v>499</v>
+        <v>478</v>
       </c>
     </row>
     <row r="360" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A360" s="168"/>
-      <c r="B360" s="171"/>
+      <c r="A360" s="210"/>
+      <c r="B360" s="202"/>
       <c r="C360" s="114">
         <v>2</v>
       </c>
       <c r="D360" s="79" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
     </row>
     <row r="361" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A361" s="168"/>
-      <c r="B361" s="171"/>
+      <c r="A361" s="210"/>
+      <c r="B361" s="202"/>
       <c r="C361" s="114">
         <v>3</v>
       </c>
       <c r="D361" s="79" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
     </row>
     <row r="362" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A362" s="168"/>
-      <c r="B362" s="171"/>
+      <c r="A362" s="210"/>
+      <c r="B362" s="202"/>
       <c r="C362" s="114">
         <v>4</v>
       </c>
       <c r="D362" s="79" t="s">
-        <v>502</v>
+        <v>481</v>
       </c>
     </row>
     <row r="363" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A363" s="168"/>
-      <c r="B363" s="171"/>
+      <c r="A363" s="210"/>
+      <c r="B363" s="202"/>
       <c r="C363" s="114"/>
       <c r="D363" s="94" t="s">
-        <v>503</v>
+        <v>482</v>
       </c>
     </row>
     <row r="364" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A364" s="168"/>
-      <c r="B364" s="171"/>
+      <c r="A364" s="210"/>
+      <c r="B364" s="202"/>
       <c r="C364" s="114">
         <v>1</v>
       </c>
       <c r="D364" s="79" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
     </row>
     <row r="365" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A365" s="168"/>
-      <c r="B365" s="171"/>
+      <c r="A365" s="210"/>
+      <c r="B365" s="202"/>
       <c r="C365" s="114">
         <v>2</v>
       </c>
       <c r="D365" s="79" t="s">
-        <v>505</v>
+        <v>750</v>
       </c>
     </row>
     <row r="366" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A366" s="168"/>
-      <c r="B366" s="171"/>
+      <c r="A366" s="210"/>
+      <c r="B366" s="202"/>
       <c r="C366" s="114">
         <v>3</v>
       </c>
       <c r="D366" s="79" t="s">
-        <v>506</v>
+        <v>484</v>
       </c>
     </row>
     <row r="367" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A367" s="168"/>
-      <c r="B367" s="171"/>
+      <c r="A367" s="210"/>
+      <c r="B367" s="202"/>
       <c r="C367" s="114">
         <v>4</v>
       </c>
       <c r="D367" s="79" t="s">
-        <v>507</v>
+        <v>485</v>
       </c>
     </row>
     <row r="368" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A368" s="168"/>
-      <c r="B368" s="171"/>
+      <c r="A368" s="210"/>
+      <c r="B368" s="202"/>
       <c r="C368" s="114">
         <v>5</v>
       </c>
       <c r="D368" s="79" t="s">
-        <v>508</v>
+        <v>486</v>
       </c>
     </row>
     <row r="369" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A369" s="168"/>
-      <c r="B369" s="171"/>
+      <c r="A369" s="210"/>
+      <c r="B369" s="202"/>
       <c r="C369" s="114"/>
       <c r="D369" s="94" t="s">
-        <v>509</v>
+        <v>487</v>
       </c>
     </row>
     <row r="370" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A370" s="168"/>
-      <c r="B370" s="171"/>
+      <c r="A370" s="210"/>
+      <c r="B370" s="202"/>
       <c r="C370" s="114">
         <v>1</v>
       </c>
       <c r="D370" s="79" t="s">
-        <v>510</v>
+        <v>488</v>
       </c>
     </row>
     <row r="371" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A371" s="168"/>
-      <c r="B371" s="171"/>
+      <c r="A371" s="210"/>
+      <c r="B371" s="202"/>
       <c r="C371" s="114">
         <v>2</v>
       </c>
       <c r="D371" s="79" t="s">
-        <v>511</v>
+        <v>489</v>
       </c>
     </row>
     <row r="372" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A372" s="168"/>
-      <c r="B372" s="171"/>
+      <c r="A372" s="210"/>
+      <c r="B372" s="202"/>
       <c r="C372" s="114">
         <v>3</v>
       </c>
       <c r="D372" s="79" t="s">
-        <v>512</v>
+        <v>490</v>
       </c>
     </row>
     <row r="373" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A373" s="168"/>
-      <c r="B373" s="171"/>
+      <c r="A373" s="210"/>
+      <c r="B373" s="202"/>
       <c r="C373" s="114">
         <v>4</v>
       </c>
       <c r="D373" s="79" t="s">
-        <v>513</v>
+        <v>491</v>
       </c>
     </row>
     <row r="374" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A374" s="168"/>
-      <c r="B374" s="171"/>
+      <c r="A374" s="210"/>
+      <c r="B374" s="202"/>
       <c r="C374" s="114">
         <v>5</v>
       </c>
       <c r="D374" s="79" t="s">
-        <v>514</v>
+        <v>492</v>
       </c>
     </row>
     <row r="375" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A375" s="168"/>
-      <c r="B375" s="171"/>
+      <c r="A375" s="210"/>
+      <c r="B375" s="202"/>
       <c r="C375" s="114">
         <v>6</v>
       </c>
       <c r="D375" s="79" t="s">
-        <v>515</v>
+        <v>493</v>
       </c>
     </row>
     <row r="376" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A376" s="168"/>
-      <c r="B376" s="171"/>
+      <c r="A376" s="210"/>
+      <c r="B376" s="202"/>
       <c r="C376" s="114"/>
       <c r="D376" s="94" t="s">
-        <v>516</v>
+        <v>494</v>
       </c>
     </row>
     <row r="377" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A377" s="168"/>
-      <c r="B377" s="171"/>
+      <c r="A377" s="210"/>
+      <c r="B377" s="202"/>
       <c r="C377" s="114">
         <v>1</v>
       </c>
       <c r="D377" s="79" t="s">
-        <v>517</v>
+        <v>495</v>
       </c>
     </row>
     <row r="378" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A378" s="168"/>
-      <c r="B378" s="171"/>
+      <c r="A378" s="210"/>
+      <c r="B378" s="202"/>
       <c r="C378" s="114">
         <v>2</v>
       </c>
       <c r="D378" s="79" t="s">
-        <v>518</v>
+        <v>496</v>
       </c>
     </row>
     <row r="379" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A379" s="168"/>
-      <c r="B379" s="171"/>
+      <c r="A379" s="210"/>
+      <c r="B379" s="202"/>
       <c r="C379" s="114">
         <v>3</v>
       </c>
       <c r="D379" s="79" t="s">
-        <v>519</v>
+        <v>497</v>
       </c>
     </row>
     <row r="380" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A380" s="168"/>
-      <c r="B380" s="171"/>
+      <c r="A380" s="210"/>
+      <c r="B380" s="202"/>
       <c r="C380" s="114">
         <v>4</v>
       </c>
       <c r="D380" s="79" t="s">
-        <v>520</v>
+        <v>498</v>
       </c>
     </row>
     <row r="381" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A381" s="168"/>
-      <c r="B381" s="171"/>
+      <c r="A381" s="210"/>
+      <c r="B381" s="202"/>
       <c r="C381" s="114">
         <v>5</v>
       </c>
       <c r="D381" s="79" t="s">
-        <v>521</v>
+        <v>499</v>
       </c>
     </row>
     <row r="382" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A382" s="168"/>
-      <c r="B382" s="171"/>
+      <c r="A382" s="210"/>
+      <c r="B382" s="202"/>
       <c r="C382" s="114"/>
       <c r="D382" s="94" t="s">
-        <v>522</v>
+        <v>500</v>
       </c>
     </row>
     <row r="383" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A383" s="168"/>
-      <c r="B383" s="171"/>
+      <c r="A383" s="210"/>
+      <c r="B383" s="202"/>
       <c r="C383" s="114">
         <v>1</v>
       </c>
       <c r="D383" s="79" t="s">
-        <v>523</v>
+        <v>501</v>
       </c>
     </row>
     <row r="384" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A384" s="168"/>
-      <c r="B384" s="171"/>
+      <c r="A384" s="210"/>
+      <c r="B384" s="202"/>
       <c r="C384" s="114">
         <v>2</v>
       </c>
       <c r="D384" s="79" t="s">
-        <v>524</v>
+        <v>502</v>
       </c>
     </row>
     <row r="385" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A385" s="168"/>
-      <c r="B385" s="171"/>
+      <c r="A385" s="210"/>
+      <c r="B385" s="202"/>
       <c r="C385" s="114">
         <v>3</v>
       </c>
       <c r="D385" s="79" t="s">
-        <v>525</v>
+        <v>503</v>
       </c>
     </row>
     <row r="386" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A386" s="168"/>
-      <c r="B386" s="171"/>
+      <c r="A386" s="210"/>
+      <c r="B386" s="202"/>
       <c r="C386" s="114">
         <v>4</v>
       </c>
       <c r="D386" s="79" t="s">
-        <v>526</v>
+        <v>504</v>
       </c>
     </row>
     <row r="387" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A387" s="168"/>
-      <c r="B387" s="171"/>
+      <c r="A387" s="210"/>
+      <c r="B387" s="202"/>
       <c r="C387" s="114">
         <v>5</v>
       </c>
       <c r="D387" s="79" t="s">
-        <v>527</v>
+        <v>505</v>
       </c>
     </row>
     <row r="388" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A388" s="168"/>
-      <c r="B388" s="171"/>
+      <c r="A388" s="210"/>
+      <c r="B388" s="202"/>
       <c r="C388" s="114">
         <v>6</v>
       </c>
       <c r="D388" s="79" t="s">
-        <v>528</v>
+        <v>506</v>
       </c>
     </row>
     <row r="389" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A389" s="168"/>
-      <c r="B389" s="171"/>
+      <c r="A389" s="210"/>
+      <c r="B389" s="202"/>
       <c r="C389" s="114"/>
       <c r="D389" s="94" t="s">
-        <v>529</v>
+        <v>507</v>
       </c>
     </row>
     <row r="390" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A390" s="168"/>
-      <c r="B390" s="171"/>
+      <c r="A390" s="210"/>
+      <c r="B390" s="202"/>
       <c r="C390" s="114">
         <v>1</v>
       </c>
       <c r="D390" s="79" t="s">
-        <v>530</v>
+        <v>508</v>
       </c>
     </row>
     <row r="391" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A391" s="168"/>
-      <c r="B391" s="171"/>
+      <c r="A391" s="210"/>
+      <c r="B391" s="202"/>
       <c r="C391" s="114">
         <v>2</v>
       </c>
       <c r="D391" s="79" t="s">
-        <v>531</v>
+        <v>509</v>
       </c>
     </row>
     <row r="392" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A392" s="168"/>
-      <c r="B392" s="171"/>
+      <c r="A392" s="210"/>
+      <c r="B392" s="202"/>
       <c r="C392" s="114">
         <v>3</v>
       </c>
       <c r="D392" s="79" t="s">
-        <v>532</v>
+        <v>510</v>
       </c>
     </row>
     <row r="393" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A393" s="168"/>
-      <c r="B393" s="171"/>
+      <c r="A393" s="210"/>
+      <c r="B393" s="202"/>
       <c r="C393" s="114">
         <v>4</v>
       </c>
       <c r="D393" s="79" t="s">
-        <v>533</v>
+        <v>511</v>
       </c>
     </row>
     <row r="394" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A394" s="168"/>
-      <c r="B394" s="171"/>
+      <c r="A394" s="210"/>
+      <c r="B394" s="202"/>
       <c r="C394" s="114">
         <v>5</v>
       </c>
       <c r="D394" s="79" t="s">
-        <v>534</v>
+        <v>512</v>
       </c>
     </row>
     <row r="395" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A395" s="169"/>
-      <c r="B395" s="172"/>
+      <c r="A395" s="211"/>
+      <c r="B395" s="203"/>
       <c r="C395" s="114">
         <v>6</v>
       </c>
       <c r="D395" s="79" t="s">
-        <v>535</v>
+        <v>513</v>
       </c>
     </row>
     <row r="396" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A396" s="167">
+      <c r="A396" s="209">
         <v>29</v>
       </c>
-      <c r="B396" s="183" t="s">
-        <v>41</v>
+      <c r="B396" s="215" t="s">
+        <v>40</v>
       </c>
       <c r="C396" s="113">
         <v>1</v>
       </c>
       <c r="D396" s="78" t="s">
-        <v>536</v>
+        <v>514</v>
       </c>
     </row>
     <row r="397" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A397" s="168"/>
-      <c r="B397" s="184"/>
+      <c r="A397" s="210"/>
+      <c r="B397" s="216"/>
       <c r="C397" s="114">
         <v>2</v>
       </c>
       <c r="D397" s="79" t="s">
-        <v>537</v>
+        <v>515</v>
       </c>
     </row>
     <row r="398" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A398" s="168"/>
-      <c r="B398" s="184"/>
+      <c r="A398" s="210"/>
+      <c r="B398" s="216"/>
       <c r="C398" s="114">
         <v>3</v>
       </c>
       <c r="D398" s="79" t="s">
-        <v>538</v>
+        <v>516</v>
       </c>
     </row>
     <row r="399" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A399" s="168"/>
-      <c r="B399" s="184"/>
+      <c r="A399" s="210"/>
+      <c r="B399" s="216"/>
       <c r="C399" s="114">
         <v>4</v>
       </c>
       <c r="D399" s="79" t="s">
-        <v>539</v>
+        <v>767</v>
       </c>
     </row>
     <row r="400" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A400" s="168"/>
-      <c r="B400" s="184"/>
+      <c r="A400" s="210"/>
+      <c r="B400" s="216"/>
       <c r="C400" s="114">
         <v>5</v>
       </c>
       <c r="D400" s="79" t="s">
-        <v>540</v>
+        <v>517</v>
       </c>
     </row>
     <row r="401" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A401" s="168"/>
-      <c r="B401" s="184"/>
+      <c r="A401" s="210"/>
+      <c r="B401" s="216"/>
       <c r="C401" s="114">
         <v>6</v>
       </c>
       <c r="D401" s="79" t="s">
-        <v>541</v>
+        <v>518</v>
       </c>
     </row>
     <row r="402" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A402" s="168"/>
-      <c r="B402" s="184"/>
+      <c r="A402" s="210"/>
+      <c r="B402" s="216"/>
       <c r="C402" s="114">
         <v>7</v>
       </c>
       <c r="D402" s="79" t="s">
-        <v>542</v>
+        <v>519</v>
       </c>
     </row>
     <row r="403" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A403" s="168"/>
-      <c r="B403" s="184"/>
+      <c r="A403" s="210"/>
+      <c r="B403" s="216"/>
       <c r="C403" s="114">
         <v>8</v>
       </c>
       <c r="D403" s="79" t="s">
-        <v>543</v>
+        <v>520</v>
       </c>
     </row>
     <row r="404" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A404" s="168"/>
-      <c r="B404" s="184"/>
+      <c r="A404" s="210"/>
+      <c r="B404" s="216"/>
       <c r="C404" s="114">
         <v>9</v>
       </c>
       <c r="D404" s="79" t="s">
-        <v>544</v>
+        <v>521</v>
       </c>
     </row>
     <row r="405" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A405" s="168"/>
-      <c r="B405" s="184"/>
+      <c r="A405" s="210"/>
+      <c r="B405" s="216"/>
       <c r="C405" s="114">
         <v>10</v>
       </c>
       <c r="D405" s="79" t="s">
-        <v>545</v>
+        <v>522</v>
       </c>
     </row>
     <row r="406" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A406" s="168"/>
-      <c r="B406" s="184"/>
+      <c r="A406" s="210"/>
+      <c r="B406" s="216"/>
       <c r="C406" s="114">
         <v>11</v>
       </c>
       <c r="D406" s="79" t="s">
-        <v>546</v>
+        <v>523</v>
       </c>
     </row>
     <row r="407" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A407" s="168"/>
-      <c r="B407" s="184"/>
+      <c r="A407" s="210"/>
+      <c r="B407" s="216"/>
       <c r="C407" s="114">
         <v>12</v>
       </c>
       <c r="D407" s="79" t="s">
-        <v>547</v>
+        <v>524</v>
       </c>
     </row>
     <row r="408" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A408" s="169"/>
-      <c r="B408" s="185"/>
+      <c r="A408" s="211"/>
+      <c r="B408" s="217"/>
       <c r="C408" s="114">
         <v>13</v>
       </c>
       <c r="D408" s="79" t="s">
-        <v>548</v>
+        <v>525</v>
       </c>
     </row>
     <row r="409" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="A409" s="167">
+      <c r="A409" s="209">
         <v>30</v>
       </c>
-      <c r="B409" s="162" t="s">
-        <v>549</v>
+      <c r="B409" s="204" t="s">
+        <v>526</v>
       </c>
       <c r="C409" s="113">
         <v>1</v>
       </c>
       <c r="D409" s="95" t="s">
-        <v>550</v>
+        <v>527</v>
       </c>
     </row>
     <row r="410" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A410" s="168"/>
-      <c r="B410" s="163"/>
+      <c r="A410" s="210"/>
+      <c r="B410" s="205"/>
       <c r="C410" s="114">
         <v>2</v>
       </c>
       <c r="D410" s="85" t="s">
-        <v>551</v>
+        <v>528</v>
       </c>
     </row>
     <row r="411" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A411" s="168"/>
-      <c r="B411" s="163"/>
+      <c r="A411" s="210"/>
+      <c r="B411" s="205"/>
       <c r="C411" s="114">
         <v>3</v>
       </c>
       <c r="D411" s="85" t="s">
-        <v>552</v>
+        <v>529</v>
       </c>
     </row>
     <row r="412" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A412" s="168"/>
-[...1 lines deleted...]
-      <c r="C412" s="114">
+      <c r="A412" s="210"/>
+      <c r="B412" s="205"/>
+      <c r="C412" s="133">
         <v>4</v>
       </c>
-      <c r="D412" s="85" t="s">
-        <v>553</v>
+      <c r="D412" s="148" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="413" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A413" s="168"/>
-      <c r="B413" s="163"/>
+      <c r="A413" s="210"/>
+      <c r="B413" s="205"/>
       <c r="C413" s="114">
         <v>5</v>
       </c>
       <c r="D413" s="85" t="s">
-        <v>554</v>
+        <v>531</v>
       </c>
     </row>
     <row r="414" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A414" s="168"/>
-      <c r="B414" s="163"/>
+      <c r="A414" s="210"/>
+      <c r="B414" s="205"/>
       <c r="C414" s="114">
         <v>6</v>
       </c>
       <c r="D414" s="85" t="s">
-        <v>555</v>
+        <v>532</v>
       </c>
     </row>
     <row r="415" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A415" s="168"/>
-      <c r="B415" s="163"/>
+      <c r="A415" s="210"/>
+      <c r="B415" s="205"/>
       <c r="C415" s="114">
         <v>7</v>
       </c>
       <c r="D415" s="85" t="s">
-        <v>556</v>
+        <v>533</v>
       </c>
     </row>
     <row r="416" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A416" s="169"/>
-      <c r="B416" s="164"/>
+      <c r="A416" s="211"/>
+      <c r="B416" s="206"/>
       <c r="C416" s="115">
         <v>8</v>
       </c>
       <c r="D416" s="96" t="s">
-        <v>557</v>
+        <v>534</v>
       </c>
     </row>
     <row r="417" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A417" s="167">
+      <c r="A417" s="209">
         <v>31</v>
       </c>
-      <c r="B417" s="173" t="s">
-        <v>558</v>
+      <c r="B417" s="218" t="s">
+        <v>535</v>
       </c>
       <c r="C417" s="113">
         <v>1</v>
       </c>
       <c r="D417" s="99" t="s">
-        <v>559</v>
+        <v>536</v>
       </c>
     </row>
     <row r="418" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A418" s="168"/>
-      <c r="B418" s="174"/>
+      <c r="A418" s="210"/>
+      <c r="B418" s="219"/>
       <c r="C418" s="114">
         <v>2</v>
       </c>
       <c r="D418" s="100" t="s">
-        <v>560</v>
+        <v>537</v>
       </c>
     </row>
     <row r="419" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A419" s="168"/>
-[...1 lines deleted...]
-      <c r="C419" s="114">
+      <c r="A419" s="210"/>
+      <c r="B419" s="219"/>
+      <c r="C419" s="133">
         <v>3</v>
       </c>
-      <c r="D419" s="100" t="s">
-        <v>561</v>
+      <c r="D419" s="149" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="420" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A420" s="168"/>
-      <c r="B420" s="174"/>
+      <c r="A420" s="210"/>
+      <c r="B420" s="219"/>
       <c r="C420" s="114">
         <v>4</v>
       </c>
       <c r="D420" s="100" t="s">
-        <v>562</v>
+        <v>539</v>
       </c>
     </row>
     <row r="421" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A421" s="168"/>
-      <c r="B421" s="174"/>
+      <c r="A421" s="210"/>
+      <c r="B421" s="219"/>
       <c r="C421" s="114">
         <v>5</v>
       </c>
       <c r="D421" s="100" t="s">
-        <v>563</v>
+        <v>540</v>
       </c>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A422" s="168"/>
-      <c r="B422" s="174"/>
+      <c r="A422" s="210"/>
+      <c r="B422" s="219"/>
       <c r="C422" s="114">
         <v>6</v>
       </c>
       <c r="D422" s="100" t="s">
-        <v>564</v>
+        <v>541</v>
       </c>
     </row>
     <row r="423" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A423" s="168"/>
-      <c r="B423" s="174"/>
+      <c r="A423" s="210"/>
+      <c r="B423" s="219"/>
       <c r="C423" s="114">
         <v>7</v>
       </c>
       <c r="D423" s="100" t="s">
-        <v>565</v>
+        <v>542</v>
       </c>
     </row>
     <row r="424" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A424" s="169"/>
-      <c r="B424" s="175"/>
+      <c r="A424" s="211"/>
+      <c r="B424" s="220"/>
       <c r="C424" s="115">
         <v>8</v>
       </c>
       <c r="D424" s="64" t="s">
-        <v>566</v>
+        <v>543</v>
       </c>
     </row>
     <row r="425" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A425" s="167">
+      <c r="A425" s="209">
         <v>32</v>
       </c>
-      <c r="B425" s="173" t="s">
-        <v>112</v>
+      <c r="B425" s="218" t="s">
+        <v>111</v>
       </c>
       <c r="C425" s="113">
         <v>1</v>
       </c>
       <c r="D425" s="99" t="s">
-        <v>567</v>
+        <v>544</v>
       </c>
     </row>
     <row r="426" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A426" s="168"/>
-      <c r="B426" s="174"/>
+      <c r="A426" s="210"/>
+      <c r="B426" s="219"/>
       <c r="C426" s="114">
         <v>2</v>
       </c>
       <c r="D426" s="85" t="s">
-        <v>568</v>
+        <v>545</v>
       </c>
     </row>
     <row r="427" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A427" s="168"/>
-      <c r="B427" s="174"/>
+      <c r="A427" s="210"/>
+      <c r="B427" s="219"/>
       <c r="C427" s="114">
         <v>3</v>
       </c>
       <c r="D427" s="100" t="s">
-        <v>569</v>
+        <v>546</v>
       </c>
     </row>
     <row r="428" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A428" s="168"/>
-      <c r="B428" s="174"/>
+      <c r="A428" s="210"/>
+      <c r="B428" s="219"/>
       <c r="C428" s="114">
         <v>4</v>
       </c>
       <c r="D428" s="100" t="s">
-        <v>570</v>
+        <v>547</v>
       </c>
     </row>
     <row r="429" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A429" s="168"/>
-      <c r="B429" s="174"/>
+      <c r="A429" s="210"/>
+      <c r="B429" s="219"/>
       <c r="C429" s="114">
         <v>5</v>
       </c>
       <c r="D429" s="100" t="s">
-        <v>571</v>
+        <v>548</v>
       </c>
     </row>
     <row r="430" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A430" s="168"/>
-      <c r="B430" s="174"/>
+      <c r="A430" s="210"/>
+      <c r="B430" s="219"/>
       <c r="C430" s="114">
         <v>6</v>
       </c>
       <c r="D430" s="100" t="s">
-        <v>572</v>
+        <v>549</v>
       </c>
     </row>
     <row r="431" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A431" s="168"/>
-      <c r="B431" s="174"/>
+      <c r="A431" s="210"/>
+      <c r="B431" s="219"/>
       <c r="C431" s="114">
         <v>7</v>
       </c>
       <c r="D431" s="100" t="s">
-        <v>559</v>
+        <v>536</v>
       </c>
     </row>
     <row r="432" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A432" s="169"/>
-      <c r="B432" s="175"/>
+      <c r="A432" s="211"/>
+      <c r="B432" s="220"/>
       <c r="C432" s="115">
         <v>8</v>
       </c>
       <c r="D432" s="64" t="s">
-        <v>573</v>
+        <v>550</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A433" s="162">
+      <c r="A433" s="204">
         <v>33</v>
       </c>
-      <c r="B433" s="173" t="s">
-        <v>113</v>
+      <c r="B433" s="218" t="s">
+        <v>112</v>
       </c>
       <c r="C433" s="113">
         <v>1</v>
       </c>
       <c r="D433" s="99" t="s">
-        <v>574</v>
+        <v>551</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A434" s="163"/>
-      <c r="B434" s="174"/>
+      <c r="A434" s="205"/>
+      <c r="B434" s="219"/>
       <c r="C434" s="114"/>
       <c r="D434" s="100" t="s">
-        <v>575</v>
+        <v>552</v>
       </c>
     </row>
     <row r="435" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A435" s="163"/>
-      <c r="B435" s="174"/>
+      <c r="A435" s="205"/>
+      <c r="B435" s="219"/>
       <c r="C435" s="114"/>
       <c r="D435" s="85" t="s">
-        <v>576</v>
+        <v>553</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A436" s="163"/>
-      <c r="B436" s="174"/>
+      <c r="A436" s="205"/>
+      <c r="B436" s="219"/>
       <c r="C436" s="114">
         <v>2</v>
       </c>
       <c r="D436" s="100" t="s">
-        <v>577</v>
+        <v>554</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A437" s="163"/>
-      <c r="B437" s="174"/>
+      <c r="A437" s="205"/>
+      <c r="B437" s="219"/>
       <c r="C437" s="114"/>
       <c r="D437" s="100" t="s">
-        <v>578</v>
+        <v>555</v>
       </c>
     </row>
     <row r="438" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A438" s="163"/>
-      <c r="B438" s="174"/>
+      <c r="A438" s="205"/>
+      <c r="B438" s="219"/>
       <c r="C438" s="114"/>
       <c r="D438" s="100"/>
     </row>
     <row r="439" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A439" s="163"/>
-      <c r="B439" s="174"/>
+      <c r="A439" s="205"/>
+      <c r="B439" s="219"/>
       <c r="C439" s="114"/>
       <c r="D439" s="100" t="s">
-        <v>579</v>
+        <v>556</v>
       </c>
     </row>
     <row r="440" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A440" s="163"/>
-      <c r="B440" s="174"/>
+      <c r="A440" s="205"/>
+      <c r="B440" s="219"/>
       <c r="C440" s="114"/>
       <c r="D440" s="100" t="s">
-        <v>580</v>
+        <v>557</v>
       </c>
     </row>
     <row r="441" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A441" s="163"/>
-      <c r="B441" s="174"/>
+      <c r="A441" s="205"/>
+      <c r="B441" s="219"/>
       <c r="C441" s="114"/>
       <c r="D441" s="100" t="s">
-        <v>581</v>
+        <v>558</v>
       </c>
     </row>
     <row r="442" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A442" s="163"/>
-      <c r="B442" s="174"/>
+      <c r="A442" s="205"/>
+      <c r="B442" s="219"/>
       <c r="C442" s="114">
         <v>3</v>
       </c>
       <c r="D442" s="100" t="s">
-        <v>582</v>
+        <v>559</v>
       </c>
     </row>
     <row r="443" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A443" s="163"/>
-      <c r="B443" s="174"/>
+      <c r="A443" s="205"/>
+      <c r="B443" s="219"/>
       <c r="C443" s="114">
         <v>4</v>
       </c>
       <c r="D443" s="100" t="s">
-        <v>583</v>
+        <v>560</v>
       </c>
     </row>
     <row r="444" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A444" s="163"/>
-      <c r="B444" s="174"/>
+      <c r="A444" s="205"/>
+      <c r="B444" s="219"/>
       <c r="C444" s="114">
         <v>5</v>
       </c>
       <c r="D444" s="100" t="s">
-        <v>584</v>
+        <v>561</v>
       </c>
     </row>
     <row r="445" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A445" s="163"/>
-      <c r="B445" s="174"/>
+      <c r="A445" s="205"/>
+      <c r="B445" s="219"/>
       <c r="C445" s="114">
         <v>6</v>
       </c>
       <c r="D445" s="100" t="s">
-        <v>585</v>
+        <v>562</v>
       </c>
     </row>
     <row r="446" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A446" s="163"/>
-      <c r="B446" s="174"/>
+      <c r="A446" s="205"/>
+      <c r="B446" s="219"/>
       <c r="C446" s="114">
         <v>7</v>
       </c>
       <c r="D446" s="100" t="s">
-        <v>586</v>
+        <v>563</v>
       </c>
     </row>
     <row r="447" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A447" s="163"/>
-      <c r="B447" s="174"/>
+      <c r="A447" s="205"/>
+      <c r="B447" s="219"/>
       <c r="C447" s="114">
         <v>8</v>
       </c>
       <c r="D447" s="100" t="s">
-        <v>587</v>
+        <v>564</v>
       </c>
     </row>
     <row r="448" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A448" s="163"/>
-      <c r="B448" s="174"/>
+      <c r="A448" s="205"/>
+      <c r="B448" s="219"/>
       <c r="C448" s="114">
         <v>9</v>
       </c>
       <c r="D448" s="100" t="s">
-        <v>588</v>
+        <v>565</v>
       </c>
     </row>
     <row r="449" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A449" s="163"/>
-      <c r="B449" s="174"/>
+      <c r="A449" s="205"/>
+      <c r="B449" s="219"/>
       <c r="C449" s="114">
         <v>10</v>
       </c>
       <c r="D449" s="100" t="s">
-        <v>557</v>
+        <v>534</v>
       </c>
     </row>
     <row r="450" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A450" s="163"/>
-      <c r="B450" s="174"/>
+      <c r="A450" s="205"/>
+      <c r="B450" s="219"/>
       <c r="C450" s="114">
         <v>11</v>
       </c>
       <c r="D450" s="100" t="s">
-        <v>589</v>
+        <v>566</v>
       </c>
     </row>
     <row r="451" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A451" s="164"/>
-      <c r="B451" s="175"/>
+      <c r="A451" s="206"/>
+      <c r="B451" s="220"/>
       <c r="C451" s="115">
         <v>12</v>
       </c>
       <c r="D451" s="64" t="s">
-        <v>590</v>
+        <v>567</v>
       </c>
     </row>
     <row r="452" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A452" s="162">
+      <c r="A452" s="204">
         <v>34</v>
       </c>
-      <c r="B452" s="173" t="s">
-        <v>591</v>
+      <c r="B452" s="218" t="s">
+        <v>568</v>
       </c>
       <c r="C452" s="113">
         <v>1</v>
       </c>
       <c r="D452" s="75" t="s">
-        <v>592</v>
+        <v>569</v>
       </c>
     </row>
     <row r="453" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A453" s="163"/>
-      <c r="B453" s="174"/>
+      <c r="A453" s="205"/>
+      <c r="B453" s="219"/>
       <c r="C453" s="114">
         <v>2</v>
       </c>
       <c r="D453" s="73" t="s">
-        <v>593</v>
+        <v>570</v>
       </c>
     </row>
     <row r="454" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A454" s="163"/>
-      <c r="B454" s="174"/>
+      <c r="A454" s="205"/>
+      <c r="B454" s="219"/>
       <c r="C454" s="114">
         <v>3</v>
       </c>
       <c r="D454" s="73" t="s">
-        <v>594</v>
+        <v>571</v>
       </c>
     </row>
     <row r="455" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A455" s="164"/>
-      <c r="B455" s="175"/>
+      <c r="A455" s="206"/>
+      <c r="B455" s="220"/>
       <c r="C455" s="115">
         <v>4</v>
       </c>
       <c r="D455" s="74" t="s">
-        <v>595</v>
+        <v>572</v>
       </c>
     </row>
     <row r="456" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A456" s="162">
+      <c r="A456" s="204">
         <v>35</v>
       </c>
-      <c r="B456" s="159" t="s">
-        <v>596</v>
+      <c r="B456" s="201" t="s">
+        <v>573</v>
       </c>
       <c r="C456" s="113">
         <v>1</v>
       </c>
       <c r="D456" s="75" t="s">
-        <v>597</v>
+        <v>574</v>
       </c>
     </row>
     <row r="457" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A457" s="163"/>
-      <c r="B457" s="160"/>
+      <c r="A457" s="205"/>
+      <c r="B457" s="202"/>
       <c r="C457" s="114">
         <v>2</v>
       </c>
       <c r="D457" s="73" t="s">
-        <v>598</v>
+        <v>575</v>
       </c>
     </row>
     <row r="458" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A458" s="163"/>
-      <c r="B458" s="160"/>
+      <c r="A458" s="205"/>
+      <c r="B458" s="202"/>
       <c r="C458" s="114">
         <v>3</v>
       </c>
       <c r="D458" s="73" t="s">
-        <v>599</v>
+        <v>576</v>
       </c>
     </row>
     <row r="459" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A459" s="163"/>
-      <c r="B459" s="160"/>
+      <c r="A459" s="205"/>
+      <c r="B459" s="202"/>
       <c r="C459" s="114">
         <v>4</v>
       </c>
       <c r="D459" s="73" t="s">
-        <v>600</v>
+        <v>577</v>
       </c>
     </row>
     <row r="460" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A460" s="163"/>
-      <c r="B460" s="160"/>
+      <c r="A460" s="205"/>
+      <c r="B460" s="202"/>
       <c r="C460" s="114">
         <v>5</v>
       </c>
       <c r="D460" s="73" t="s">
-        <v>601</v>
+        <v>578</v>
       </c>
     </row>
     <row r="461" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A461" s="163"/>
-      <c r="B461" s="160"/>
+      <c r="A461" s="205"/>
+      <c r="B461" s="202"/>
       <c r="C461" s="114">
         <v>6</v>
       </c>
       <c r="D461" s="73" t="s">
-        <v>602</v>
+        <v>579</v>
       </c>
     </row>
     <row r="462" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A462" s="164"/>
-      <c r="B462" s="161"/>
+      <c r="A462" s="206"/>
+      <c r="B462" s="203"/>
       <c r="C462" s="115">
         <v>7</v>
       </c>
       <c r="D462" s="74" t="s">
-        <v>603</v>
+        <v>580</v>
       </c>
     </row>
     <row r="463" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A463" s="162">
+      <c r="A463" s="198">
         <v>36</v>
       </c>
-      <c r="B463" s="159" t="s">
-[...5 lines deleted...]
-      <c r="D463" s="75" t="s">
+      <c r="B463" s="195" t="s">
+        <v>581</v>
+      </c>
+      <c r="C463" s="132">
+        <v>1</v>
+      </c>
+      <c r="D463" s="137" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A464" s="199"/>
+      <c r="B464" s="196"/>
+      <c r="C464" s="133">
+        <v>2</v>
+      </c>
+      <c r="D464" s="138" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A465" s="199"/>
+      <c r="B465" s="196"/>
+      <c r="C465" s="133">
+        <v>3</v>
+      </c>
+      <c r="D465" s="138" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A466" s="199"/>
+      <c r="B466" s="196"/>
+      <c r="C466" s="133">
+        <v>4</v>
+      </c>
+      <c r="D466" s="138" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A467" s="199"/>
+      <c r="B467" s="196"/>
+      <c r="C467" s="133">
+        <v>5</v>
+      </c>
+      <c r="D467" s="138" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A468" s="199"/>
+      <c r="B468" s="196"/>
+      <c r="C468" s="133">
+        <v>6</v>
+      </c>
+      <c r="D468" s="138" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A469" s="199"/>
+      <c r="B469" s="196"/>
+      <c r="C469" s="135">
+        <v>7</v>
+      </c>
+      <c r="D469" s="139" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A470" s="199"/>
+      <c r="B470" s="196"/>
+      <c r="C470" s="133">
+        <v>1</v>
+      </c>
+      <c r="D470" s="134" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A471" s="199"/>
+      <c r="B471" s="196"/>
+      <c r="C471" s="133">
+        <v>2</v>
+      </c>
+      <c r="D471" s="134" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A472" s="199"/>
+      <c r="B472" s="196"/>
+      <c r="C472" s="133">
+        <v>3</v>
+      </c>
+      <c r="D472" s="134" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A473" s="199"/>
+      <c r="B473" s="196"/>
+      <c r="C473" s="133">
+        <v>4</v>
+      </c>
+      <c r="D473" s="134" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A474" s="200"/>
+      <c r="B474" s="197"/>
+      <c r="C474" s="135">
+        <v>5</v>
+      </c>
+      <c r="D474" s="136" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="204">
+        <v>37</v>
+      </c>
+      <c r="B475" s="201" t="s">
+        <v>582</v>
+      </c>
+      <c r="C475" s="113">
+        <v>1</v>
+      </c>
+      <c r="D475" s="75" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A476" s="205"/>
+      <c r="B476" s="202"/>
+      <c r="C476" s="114">
+        <v>2</v>
+      </c>
+      <c r="D476" s="73" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A477" s="205"/>
+      <c r="B477" s="202"/>
+      <c r="C477" s="114">
+        <v>3</v>
+      </c>
+      <c r="D477" s="73" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A478" s="205"/>
+      <c r="B478" s="202"/>
+      <c r="C478" s="114">
+        <v>4</v>
+      </c>
+      <c r="D478" s="73" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4" ht="27" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A479" s="206"/>
+      <c r="B479" s="203"/>
+      <c r="C479" s="115">
+        <v>5</v>
+      </c>
+      <c r="D479" s="101" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A480" s="209">
+        <v>38</v>
+      </c>
+      <c r="B480" s="204" t="s">
+        <v>588</v>
+      </c>
+      <c r="C480" s="113"/>
+      <c r="D480" s="95" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A481" s="210"/>
+      <c r="B481" s="205"/>
+      <c r="C481" s="114"/>
+      <c r="D481" s="85" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A482" s="210"/>
+      <c r="B482" s="205"/>
+      <c r="C482" s="114"/>
+      <c r="D482" s="86" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="483" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A483" s="210"/>
+      <c r="B483" s="205"/>
+      <c r="C483" s="114">
+        <v>1</v>
+      </c>
+      <c r="D483" s="103" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A484" s="210"/>
+      <c r="B484" s="205"/>
+      <c r="C484" s="114">
+        <v>2</v>
+      </c>
+      <c r="D484" s="103" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A485" s="210"/>
+      <c r="B485" s="205"/>
+      <c r="C485" s="114">
+        <v>3</v>
+      </c>
+      <c r="D485" s="103" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A486" s="210"/>
+      <c r="B486" s="205"/>
+      <c r="C486" s="114">
+        <v>4</v>
+      </c>
+      <c r="D486" s="103" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="487" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A487" s="210"/>
+      <c r="B487" s="205"/>
+      <c r="C487" s="114">
+        <v>5</v>
+      </c>
+      <c r="D487" s="103" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="488" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A488" s="210"/>
+      <c r="B488" s="205"/>
+      <c r="C488" s="114">
+        <v>6</v>
+      </c>
+      <c r="D488" s="103" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="464" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D464" s="73" t="s">
+    <row r="489" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A489" s="210"/>
+      <c r="B489" s="205"/>
+      <c r="C489" s="114">
+        <v>7</v>
+      </c>
+      <c r="D489" s="103" t="s">
         <v>598</v>
       </c>
     </row>
-    <row r="465" spans="1:4" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D465" s="73" t="s">
+    <row r="490" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A490" s="210"/>
+      <c r="B490" s="205"/>
+      <c r="C490" s="114">
+        <v>8</v>
+      </c>
+      <c r="D490" s="103" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="466" spans="1:4" x14ac:dyDescent="0.25">
-[...252 lines deleted...]
-    </row>
     <row r="491" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A491" s="168"/>
-      <c r="B491" s="163"/>
+      <c r="A491" s="210"/>
+      <c r="B491" s="205"/>
       <c r="C491" s="114"/>
       <c r="D491" s="86" t="s">
-        <v>628</v>
+        <v>600</v>
       </c>
     </row>
     <row r="492" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A492" s="168"/>
-      <c r="B492" s="163"/>
+      <c r="A492" s="210"/>
+      <c r="B492" s="205"/>
       <c r="C492" s="114">
         <v>1</v>
       </c>
-      <c r="D492" s="105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D492" s="104" t="s">
+        <v>601</v>
+      </c>
+      <c r="E492" s="102"/>
     </row>
     <row r="493" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A493" s="168"/>
-      <c r="B493" s="163"/>
+      <c r="A493" s="210"/>
+      <c r="B493" s="205"/>
       <c r="C493" s="114">
         <v>2</v>
       </c>
-      <c r="D493" s="105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D493" s="104" t="s">
+        <v>602</v>
+      </c>
+      <c r="E493" s="102"/>
     </row>
     <row r="494" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A494" s="168"/>
-      <c r="B494" s="163"/>
+      <c r="A494" s="210"/>
+      <c r="B494" s="205"/>
       <c r="C494" s="114">
         <v>3</v>
       </c>
-      <c r="D494" s="105" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D494" s="104" t="s">
+        <v>603</v>
+      </c>
+      <c r="E494" s="102"/>
     </row>
     <row r="495" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A495" s="168"/>
-      <c r="B495" s="163"/>
+      <c r="A495" s="210"/>
+      <c r="B495" s="205"/>
       <c r="C495" s="114">
         <v>4</v>
       </c>
-      <c r="D495" s="105" t="s">
+      <c r="D495" s="104" t="s">
+        <v>604</v>
+      </c>
+      <c r="E495" s="102"/>
+    </row>
+    <row r="496" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A496" s="210"/>
+      <c r="B496" s="205"/>
+      <c r="C496" s="114"/>
+      <c r="D496" s="86" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A497" s="210"/>
+      <c r="B497" s="205"/>
+      <c r="C497" s="114">
+        <v>1</v>
+      </c>
+      <c r="D497" s="105" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A498" s="210"/>
+      <c r="B498" s="205"/>
+      <c r="C498" s="114">
+        <v>2</v>
+      </c>
+      <c r="D498" s="105" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A499" s="210"/>
+      <c r="B499" s="205"/>
+      <c r="C499" s="114">
+        <v>3</v>
+      </c>
+      <c r="D499" s="105" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A500" s="210"/>
+      <c r="B500" s="205"/>
+      <c r="C500" s="114">
+        <v>4</v>
+      </c>
+      <c r="D500" s="105" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A501" s="210"/>
+      <c r="B501" s="205"/>
+      <c r="C501" s="114">
+        <v>5</v>
+      </c>
+      <c r="D501" s="105" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A502" s="210"/>
+      <c r="B502" s="205"/>
+      <c r="C502" s="114">
+        <v>6</v>
+      </c>
+      <c r="D502" s="105" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A503" s="211"/>
+      <c r="B503" s="206"/>
+      <c r="C503" s="115">
+        <v>7</v>
+      </c>
+      <c r="D503" s="106" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A504" s="209">
+        <v>39</v>
+      </c>
+      <c r="B504" s="204" t="s">
+        <v>48</v>
+      </c>
+      <c r="C504" s="113">
+        <v>1</v>
+      </c>
+      <c r="D504" s="75" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A505" s="210"/>
+      <c r="B505" s="205"/>
+      <c r="C505" s="114">
+        <v>2</v>
+      </c>
+      <c r="D505" s="73" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A506" s="210"/>
+      <c r="B506" s="205"/>
+      <c r="C506" s="114">
+        <v>3</v>
+      </c>
+      <c r="D506" s="73" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A507" s="210"/>
+      <c r="B507" s="205"/>
+      <c r="C507" s="114">
+        <v>4</v>
+      </c>
+      <c r="D507" s="73" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A508" s="211"/>
+      <c r="B508" s="206"/>
+      <c r="C508" s="115">
+        <v>5</v>
+      </c>
+      <c r="D508" s="74" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="209">
+        <v>40</v>
+      </c>
+      <c r="B509" s="201" t="s">
+        <v>49</v>
+      </c>
+      <c r="C509" s="119">
+        <v>1</v>
+      </c>
+      <c r="D509" s="75" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A510" s="210"/>
+      <c r="B510" s="202"/>
+      <c r="C510" s="120">
+        <v>2</v>
+      </c>
+      <c r="D510" s="73" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A511" s="210"/>
+      <c r="B511" s="202"/>
+      <c r="C511" s="120">
+        <v>3</v>
+      </c>
+      <c r="D511" s="63" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A512" s="210"/>
+      <c r="B512" s="202"/>
+      <c r="C512" s="120">
+        <v>4</v>
+      </c>
+      <c r="D512" s="63" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A513" s="211"/>
+      <c r="B513" s="203"/>
+      <c r="C513" s="121">
+        <v>5</v>
+      </c>
+      <c r="D513" s="74" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="209">
+        <v>41</v>
+      </c>
+      <c r="B514" s="201" t="s">
+        <v>50</v>
+      </c>
+      <c r="C514" s="113">
+        <v>1</v>
+      </c>
+      <c r="D514" s="75" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A515" s="210"/>
+      <c r="B515" s="202"/>
+      <c r="C515" s="114">
+        <v>2</v>
+      </c>
+      <c r="D515" s="73" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A516" s="210"/>
+      <c r="B516" s="202"/>
+      <c r="C516" s="114">
+        <v>3</v>
+      </c>
+      <c r="D516" s="73" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A517" s="210"/>
+      <c r="B517" s="202"/>
+      <c r="C517" s="114">
+        <v>4</v>
+      </c>
+      <c r="D517" s="73" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A518" s="210"/>
+      <c r="B518" s="202"/>
+      <c r="C518" s="114">
+        <v>5</v>
+      </c>
+      <c r="D518" s="73" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A519" s="211"/>
+      <c r="B519" s="203"/>
+      <c r="C519" s="114">
+        <v>6</v>
+      </c>
+      <c r="D519" s="77" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A520" s="209">
+        <v>42</v>
+      </c>
+      <c r="B520" s="225" t="s">
+        <v>626</v>
+      </c>
+      <c r="C520" s="113"/>
+      <c r="D520" s="84" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A521" s="210"/>
+      <c r="B521" s="226"/>
+      <c r="C521" s="114">
+        <v>1</v>
+      </c>
+      <c r="D521" s="109" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="210"/>
+      <c r="B522" s="226"/>
+      <c r="C522" s="114">
+        <v>2</v>
+      </c>
+      <c r="D522" s="109" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A523" s="210"/>
+      <c r="B523" s="226"/>
+      <c r="C523" s="114">
+        <v>3</v>
+      </c>
+      <c r="D523" s="109" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A524" s="210"/>
+      <c r="B524" s="226"/>
+      <c r="C524" s="114">
+        <v>4</v>
+      </c>
+      <c r="D524" s="109" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A525" s="210"/>
+      <c r="B525" s="226"/>
+      <c r="C525" s="114">
+        <v>5</v>
+      </c>
+      <c r="D525" s="109" t="s">
         <v>632</v>
       </c>
     </row>
-    <row r="496" spans="1:5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C496" s="114">
+    <row r="526" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A526" s="210"/>
+      <c r="B526" s="226"/>
+      <c r="C526" s="114">
+        <v>6</v>
+      </c>
+      <c r="D526" s="109" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A527" s="210"/>
+      <c r="B527" s="226"/>
+      <c r="C527" s="114">
+        <v>7</v>
+      </c>
+      <c r="D527" s="116" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A528" s="210"/>
+      <c r="B528" s="226"/>
+      <c r="C528" s="114"/>
+      <c r="D528" s="108" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A529" s="210"/>
+      <c r="B529" s="226"/>
+      <c r="C529" s="114">
+        <v>1</v>
+      </c>
+      <c r="D529" s="109" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A530" s="210"/>
+      <c r="B530" s="226"/>
+      <c r="C530" s="114">
+        <v>2</v>
+      </c>
+      <c r="D530" s="109" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A531" s="210"/>
+      <c r="B531" s="226"/>
+      <c r="C531" s="114">
+        <v>3</v>
+      </c>
+      <c r="D531" s="109" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A532" s="210"/>
+      <c r="B532" s="226"/>
+      <c r="C532" s="114">
+        <v>4</v>
+      </c>
+      <c r="D532" s="109" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A533" s="210"/>
+      <c r="B533" s="226"/>
+      <c r="C533" s="114">
         <v>5</v>
       </c>
-      <c r="D496" s="105" t="s">
-[...6 lines deleted...]
-      <c r="C497" s="114">
+      <c r="D533" s="109" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A534" s="210"/>
+      <c r="B534" s="226"/>
+      <c r="C534" s="114">
         <v>6</v>
       </c>
-      <c r="D497" s="105" t="s">
-[...6 lines deleted...]
-      <c r="C498" s="115">
+      <c r="D534" s="109" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A535" s="210"/>
+      <c r="B535" s="226"/>
+      <c r="C535" s="114">
         <v>7</v>
       </c>
-      <c r="D498" s="106" t="s">
-[...20 lines deleted...]
-      <c r="C500" s="114">
+      <c r="D535" s="109" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A536" s="210"/>
+      <c r="B536" s="226"/>
+      <c r="C536" s="114"/>
+      <c r="D536" s="108" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A537" s="210"/>
+      <c r="B537" s="226"/>
+      <c r="C537" s="114">
+        <v>1</v>
+      </c>
+      <c r="D537" s="109" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A538" s="210"/>
+      <c r="B538" s="226"/>
+      <c r="C538" s="114">
         <v>2</v>
       </c>
-      <c r="D500" s="73" t="s">
-[...6 lines deleted...]
-      <c r="C501" s="114">
+      <c r="D538" s="109" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A539" s="210"/>
+      <c r="B539" s="226"/>
+      <c r="C539" s="114">
         <v>3</v>
       </c>
-      <c r="D501" s="73" t="s">
-[...6 lines deleted...]
-      <c r="C502" s="114">
+      <c r="D539" s="109" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A540" s="210"/>
+      <c r="B540" s="226"/>
+      <c r="C540" s="114">
         <v>4</v>
       </c>
-      <c r="D502" s="73" t="s">
-[...6 lines deleted...]
-      <c r="C503" s="115">
+      <c r="D540" s="109" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A541" s="210"/>
+      <c r="B541" s="226"/>
+      <c r="C541" s="114">
         <v>5</v>
       </c>
-      <c r="D503" s="74" t="s">
-[...107 lines deleted...]
-      <c r="D513" s="73" t="s">
+      <c r="D541" s="109" t="s">
         <v>648</v>
       </c>
     </row>
-    <row r="514" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="C514" s="114">
+    <row r="542" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A542" s="210"/>
+      <c r="B542" s="226"/>
+      <c r="C542" s="114">
         <v>6</v>
       </c>
-      <c r="D514" s="77" t="s">
-[...7 lines deleted...]
-      <c r="B515" s="186" t="s">
+      <c r="D542" s="109" t="s">
         <v>649</v>
       </c>
-      <c r="C515" s="113"/>
-      <c r="D515" s="84" t="s">
+    </row>
+    <row r="543" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A543" s="210"/>
+      <c r="B543" s="226"/>
+      <c r="C543" s="114">
+        <v>7</v>
+      </c>
+      <c r="D543" s="109" t="s">
         <v>650</v>
       </c>
     </row>
-    <row r="516" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D516" s="109" t="s">
+    <row r="544" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A544" s="210"/>
+      <c r="B544" s="226"/>
+      <c r="C544" s="114">
+        <v>8</v>
+      </c>
+      <c r="D544" s="109" t="s">
         <v>651</v>
       </c>
     </row>
-    <row r="517" spans="1:4" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-[...272 lines deleted...]
-    </row>
     <row r="545" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A545" s="168"/>
-      <c r="B545" s="187"/>
+      <c r="A545" s="210"/>
+      <c r="B545" s="226"/>
       <c r="C545" s="114"/>
       <c r="D545" s="108" t="s">
-        <v>680</v>
-[...4 lines deleted...]
-      <c r="B546" s="187"/>
+        <v>652</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A546" s="210"/>
+      <c r="B546" s="226"/>
       <c r="C546" s="114">
         <v>1</v>
       </c>
       <c r="D546" s="109" t="s">
-        <v>681</v>
-[...4 lines deleted...]
-      <c r="B547" s="187"/>
+        <v>653</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A547" s="210"/>
+      <c r="B547" s="226"/>
       <c r="C547" s="114">
         <v>2</v>
       </c>
       <c r="D547" s="109" t="s">
-        <v>682</v>
-[...4 lines deleted...]
-      <c r="B548" s="187"/>
+        <v>654</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A548" s="210"/>
+      <c r="B548" s="226"/>
       <c r="C548" s="114">
         <v>3</v>
       </c>
-      <c r="D548" s="79" t="s">
-        <v>683</v>
+      <c r="D548" s="109" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="549" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A549" s="168"/>
-[...3 lines deleted...]
-        <v>684</v>
+      <c r="A549" s="210"/>
+      <c r="B549" s="226"/>
+      <c r="C549" s="114">
+        <v>4</v>
+      </c>
+      <c r="D549" s="109" t="s">
+        <v>656</v>
       </c>
     </row>
     <row r="550" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A550" s="168"/>
-      <c r="B550" s="187"/>
+      <c r="A550" s="210"/>
+      <c r="B550" s="226"/>
       <c r="C550" s="114"/>
-      <c r="D550" s="79" t="s">
-[...8 lines deleted...]
-        <v>686</v>
+      <c r="D550" s="108" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A551" s="210"/>
+      <c r="B551" s="226"/>
+      <c r="C551" s="114">
+        <v>1</v>
+      </c>
+      <c r="D551" s="109" t="s">
+        <v>658</v>
       </c>
     </row>
     <row r="552" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A552" s="168"/>
-[...9 lines deleted...]
-      <c r="C553" s="114"/>
+      <c r="A552" s="210"/>
+      <c r="B552" s="226"/>
+      <c r="C552" s="114">
+        <v>2</v>
+      </c>
+      <c r="D552" s="109" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A553" s="210"/>
+      <c r="B553" s="226"/>
+      <c r="C553" s="114">
+        <v>3</v>
+      </c>
       <c r="D553" s="79" t="s">
-        <v>688</v>
+        <v>660</v>
       </c>
     </row>
     <row r="554" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A554" s="168"/>
-      <c r="B554" s="187"/>
+      <c r="A554" s="210"/>
+      <c r="B554" s="226"/>
       <c r="C554" s="114"/>
       <c r="D554" s="79" t="s">
-        <v>689</v>
+        <v>661</v>
       </c>
     </row>
     <row r="555" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A555" s="168"/>
-      <c r="B555" s="187"/>
+      <c r="A555" s="210"/>
+      <c r="B555" s="226"/>
       <c r="C555" s="114"/>
-      <c r="D555" s="86" t="s">
-        <v>690</v>
+      <c r="D555" s="79" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="556" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A556" s="168"/>
-[...11 lines deleted...]
-      <c r="C557" s="114">
+      <c r="A556" s="210"/>
+      <c r="B556" s="226"/>
+      <c r="C556" s="114"/>
+      <c r="D556" s="79" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A557" s="210"/>
+      <c r="B557" s="226"/>
+      <c r="C557" s="114"/>
+      <c r="D557" s="79" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A558" s="210"/>
+      <c r="B558" s="226"/>
+      <c r="C558" s="114"/>
+      <c r="D558" s="79" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A559" s="210"/>
+      <c r="B559" s="226"/>
+      <c r="C559" s="114"/>
+      <c r="D559" s="79" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A560" s="210"/>
+      <c r="B560" s="226"/>
+      <c r="C560" s="114"/>
+      <c r="D560" s="86" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A561" s="210"/>
+      <c r="B561" s="226"/>
+      <c r="C561" s="114">
+        <v>1</v>
+      </c>
+      <c r="D561" s="85" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A562" s="210"/>
+      <c r="B562" s="226"/>
+      <c r="C562" s="114">
         <v>2</v>
       </c>
-      <c r="D557" s="85" t="s">
-[...6 lines deleted...]
-      <c r="C558" s="114">
+      <c r="D562" s="85" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A563" s="210"/>
+      <c r="B563" s="226"/>
+      <c r="C563" s="114">
         <v>3</v>
       </c>
-      <c r="D558" s="85" t="s">
-[...6 lines deleted...]
-      <c r="C559" s="114">
+      <c r="D563" s="85" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A564" s="210"/>
+      <c r="B564" s="226"/>
+      <c r="C564" s="114">
         <v>4</v>
       </c>
-      <c r="D559" s="85" t="s">
-[...6 lines deleted...]
-      <c r="C560" s="114">
+      <c r="D564" s="85" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A565" s="210"/>
+      <c r="B565" s="226"/>
+      <c r="C565" s="114">
         <v>5</v>
       </c>
-      <c r="D560" s="85" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="D565" s="85" t="s">
-        <v>700</v>
+        <v>672</v>
       </c>
     </row>
     <row r="566" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A566" s="168"/>
-      <c r="B566" s="187"/>
+      <c r="A566" s="210"/>
+      <c r="B566" s="226"/>
       <c r="C566" s="114"/>
       <c r="D566" s="86" t="s">
-        <v>701</v>
-[...4 lines deleted...]
-      <c r="B567" s="187"/>
+        <v>673</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A567" s="210"/>
+      <c r="B567" s="226"/>
       <c r="C567" s="114">
         <v>1</v>
       </c>
-      <c r="D567" s="79" t="s">
-[...5 lines deleted...]
-      <c r="B568" s="187"/>
+      <c r="D567" s="85" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A568" s="210"/>
+      <c r="B568" s="226"/>
       <c r="C568" s="114">
         <v>2</v>
       </c>
-      <c r="D568" s="79" t="s">
+      <c r="D568" s="85" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A569" s="210"/>
+      <c r="B569" s="226"/>
+      <c r="C569" s="114">
+        <v>3</v>
+      </c>
+      <c r="D569" s="85" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A570" s="210"/>
+      <c r="B570" s="226"/>
+      <c r="C570" s="114">
+        <v>4</v>
+      </c>
+      <c r="D570" s="85" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A571" s="210"/>
+      <c r="B571" s="226"/>
+      <c r="C571" s="114"/>
+      <c r="D571" s="86" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A572" s="210"/>
+      <c r="B572" s="226"/>
+      <c r="C572" s="114">
+        <v>1</v>
+      </c>
+      <c r="D572" s="79" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A573" s="210"/>
+      <c r="B573" s="226"/>
+      <c r="C573" s="114">
+        <v>2</v>
+      </c>
+      <c r="D573" s="79" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A574" s="211"/>
+      <c r="B574" s="227"/>
+      <c r="C574" s="115">
+        <v>3</v>
+      </c>
+      <c r="D574" s="80" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A575" s="204">
+        <v>43</v>
+      </c>
+      <c r="B575" s="201" t="s">
+        <v>107</v>
+      </c>
+      <c r="C575" s="113">
+        <v>1</v>
+      </c>
+      <c r="D575" s="62" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A576" s="205"/>
+      <c r="B576" s="202"/>
+      <c r="C576" s="114">
+        <v>2</v>
+      </c>
+      <c r="D576" s="63" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A577" s="205"/>
+      <c r="B577" s="202"/>
+      <c r="C577" s="114">
+        <v>3</v>
+      </c>
+      <c r="D577" s="63" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4" ht="63.75" x14ac:dyDescent="0.25">
+      <c r="A578" s="205"/>
+      <c r="B578" s="202"/>
+      <c r="C578" s="114">
+        <v>4</v>
+      </c>
+      <c r="D578" s="63" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A579" s="205"/>
+      <c r="B579" s="202"/>
+      <c r="C579" s="114">
+        <v>5</v>
+      </c>
+      <c r="D579" s="63" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4" ht="51" x14ac:dyDescent="0.25">
+      <c r="A580" s="205"/>
+      <c r="B580" s="202"/>
+      <c r="C580" s="114">
+        <v>6</v>
+      </c>
+      <c r="D580" s="63" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A581" s="205"/>
+      <c r="B581" s="202"/>
+      <c r="C581" s="114">
+        <v>7</v>
+      </c>
+      <c r="D581" s="63" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="582" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A582" s="205"/>
+      <c r="B582" s="202"/>
+      <c r="C582" s="114">
+        <v>8</v>
+      </c>
+      <c r="D582" s="63" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="583" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A583" s="205"/>
+      <c r="B583" s="202"/>
+      <c r="C583" s="114">
+        <v>9</v>
+      </c>
+      <c r="D583" s="63" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="584" spans="1:4" ht="27" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A584" s="206"/>
+      <c r="B584" s="203"/>
+      <c r="C584" s="114">
+        <v>10</v>
+      </c>
+      <c r="D584" s="110" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="585" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A585" s="218">
+        <v>44</v>
+      </c>
+      <c r="B585" s="201" t="s">
+        <v>692</v>
+      </c>
+      <c r="C585" s="113">
+        <v>1</v>
+      </c>
+      <c r="D585" s="89" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="586" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A586" s="219"/>
+      <c r="B586" s="202"/>
+      <c r="C586" s="114">
+        <v>2</v>
+      </c>
+      <c r="D586" s="90" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="587" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A587" s="219"/>
+      <c r="B587" s="202"/>
+      <c r="C587" s="114">
+        <v>3</v>
+      </c>
+      <c r="D587" s="90" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="588" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A588" s="219"/>
+      <c r="B588" s="202"/>
+      <c r="C588" s="114">
+        <v>4</v>
+      </c>
+      <c r="D588" s="90" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="589" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A589" s="219"/>
+      <c r="B589" s="202"/>
+      <c r="C589" s="114">
+        <v>5</v>
+      </c>
+      <c r="D589" s="90" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="590" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A590" s="219"/>
+      <c r="B590" s="202"/>
+      <c r="C590" s="114">
+        <v>6</v>
+      </c>
+      <c r="D590" s="90" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="591" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A591" s="219"/>
+      <c r="B591" s="202"/>
+      <c r="C591" s="114">
+        <v>7</v>
+      </c>
+      <c r="D591" s="90" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="592" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A592" s="219"/>
+      <c r="B592" s="202"/>
+      <c r="C592" s="114">
+        <v>8</v>
+      </c>
+      <c r="D592" s="90" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="593" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A593" s="219"/>
+      <c r="B593" s="202"/>
+      <c r="C593" s="114">
+        <v>9</v>
+      </c>
+      <c r="D593" s="90" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="594" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A594" s="219"/>
+      <c r="B594" s="202"/>
+      <c r="C594" s="114">
+        <v>10</v>
+      </c>
+      <c r="D594" s="90" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="595" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A595" s="219"/>
+      <c r="B595" s="202"/>
+      <c r="C595" s="114">
+        <v>11</v>
+      </c>
+      <c r="D595" s="90" t="s">
         <v>703</v>
       </c>
     </row>
-    <row r="569" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="D569" s="80" t="s">
+    <row r="596" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A596" s="219"/>
+      <c r="B596" s="202"/>
+      <c r="C596" s="114">
+        <v>12</v>
+      </c>
+      <c r="D596" s="90" t="s">
         <v>704</v>
       </c>
     </row>
-    <row r="570" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D570" s="62" t="s">
+    <row r="597" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A597" s="219"/>
+      <c r="B597" s="202"/>
+      <c r="C597" s="114">
+        <v>13</v>
+      </c>
+      <c r="D597" s="90" t="s">
         <v>705</v>
       </c>
     </row>
-    <row r="571" spans="1:4" ht="51" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D571" s="63" t="s">
+    <row r="598" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A598" s="219"/>
+      <c r="B598" s="202"/>
+      <c r="C598" s="114">
+        <v>14</v>
+      </c>
+      <c r="D598" s="90" t="s">
         <v>706</v>
       </c>
     </row>
-    <row r="572" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D572" s="63" t="s">
+    <row r="599" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A599" s="219"/>
+      <c r="B599" s="202"/>
+      <c r="C599" s="114">
+        <v>15</v>
+      </c>
+      <c r="D599" s="90" t="s">
         <v>707</v>
       </c>
     </row>
-    <row r="573" spans="1:4" ht="63.75" x14ac:dyDescent="0.25">
-[...262 lines deleted...]
-    </row>
     <row r="600" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A600" s="174"/>
-      <c r="B600" s="160"/>
+      <c r="A600" s="219"/>
+      <c r="B600" s="202"/>
       <c r="C600" s="114"/>
       <c r="D600" s="90" t="s">
-        <v>736</v>
-[...4 lines deleted...]
-      <c r="B601" s="160"/>
+        <v>708</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A601" s="219"/>
+      <c r="B601" s="202"/>
       <c r="C601" s="114"/>
       <c r="D601" s="90" t="s">
-        <v>737</v>
+        <v>709</v>
       </c>
     </row>
     <row r="602" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A602" s="174"/>
-      <c r="B602" s="160"/>
+      <c r="A602" s="219"/>
+      <c r="B602" s="202"/>
       <c r="C602" s="114"/>
       <c r="D602" s="90" t="s">
-        <v>738</v>
-[...4 lines deleted...]
-      <c r="B603" s="160"/>
+        <v>710</v>
+      </c>
+    </row>
+    <row r="603" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A603" s="219"/>
+      <c r="B603" s="202"/>
       <c r="C603" s="114"/>
       <c r="D603" s="90" t="s">
-        <v>739</v>
+        <v>711</v>
       </c>
     </row>
     <row r="604" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A604" s="174"/>
-      <c r="B604" s="160"/>
+      <c r="A604" s="219"/>
+      <c r="B604" s="202"/>
       <c r="C604" s="114"/>
       <c r="D604" s="90" t="s">
-        <v>740</v>
+        <v>712</v>
       </c>
     </row>
     <row r="605" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A605" s="174"/>
-[...3 lines deleted...]
-      </c>
+      <c r="A605" s="219"/>
+      <c r="B605" s="202"/>
+      <c r="C605" s="114"/>
       <c r="D605" s="90" t="s">
-        <v>741</v>
-[...7 lines deleted...]
-      </c>
+        <v>713</v>
+      </c>
+    </row>
+    <row r="606" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A606" s="219"/>
+      <c r="B606" s="202"/>
+      <c r="C606" s="114"/>
       <c r="D606" s="90" t="s">
-        <v>742</v>
+        <v>714</v>
       </c>
     </row>
     <row r="607" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A607" s="174"/>
-      <c r="B607" s="160"/>
+      <c r="A607" s="219"/>
+      <c r="B607" s="202"/>
       <c r="C607" s="114"/>
       <c r="D607" s="90" t="s">
-        <v>743</v>
-[...11 lines deleted...]
-      <c r="D609" s="111"/>
+        <v>715</v>
+      </c>
+    </row>
+    <row r="608" spans="1:4" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A608" s="219"/>
+      <c r="B608" s="202"/>
+      <c r="C608" s="114"/>
+      <c r="D608" s="90" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="609" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A609" s="219"/>
+      <c r="B609" s="202"/>
+      <c r="C609" s="114"/>
+      <c r="D609" s="90" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="610" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A610" s="219"/>
+      <c r="B610" s="202"/>
+      <c r="C610" s="114">
+        <v>16</v>
+      </c>
+      <c r="D610" s="90" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="611" spans="1:4" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A611" s="219"/>
+      <c r="B611" s="202"/>
+      <c r="C611" s="114">
+        <v>17</v>
+      </c>
+      <c r="D611" s="90" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="612" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A612" s="219"/>
+      <c r="B612" s="202"/>
+      <c r="C612" s="114"/>
+      <c r="D612" s="90" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="613" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A613" s="220"/>
+      <c r="B613" s="203"/>
+      <c r="C613" s="115"/>
+      <c r="D613" s="155" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A614" s="198">
+        <v>45</v>
+      </c>
+      <c r="B614" s="195" t="s">
+        <v>755</v>
+      </c>
+      <c r="C614" s="158">
+        <v>1</v>
+      </c>
+      <c r="D614" s="159" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="615" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A615" s="199"/>
+      <c r="B615" s="196"/>
+      <c r="C615" s="145">
+        <v>2</v>
+      </c>
+      <c r="D615" s="160" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="616" spans="1:4" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A616" s="199"/>
+      <c r="B616" s="196"/>
+      <c r="C616" s="145">
+        <v>3</v>
+      </c>
+      <c r="D616" s="161" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="617" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A617" s="198">
+        <v>46</v>
+      </c>
+      <c r="B617" s="195" t="s">
+        <v>759</v>
+      </c>
+      <c r="C617" s="158">
+        <v>1</v>
+      </c>
+      <c r="D617" s="159" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="618" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A618" s="199"/>
+      <c r="B618" s="196"/>
+      <c r="C618" s="145">
+        <v>2</v>
+      </c>
+      <c r="D618" s="161" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="619" spans="1:4" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A619" s="200"/>
+      <c r="B619" s="197"/>
+      <c r="C619" s="162">
+        <v>3</v>
+      </c>
+      <c r="D619" s="163" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="620" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A620" s="198">
+        <v>47</v>
+      </c>
+      <c r="B620" s="195" t="s">
+        <v>762</v>
+      </c>
+      <c r="C620" s="158">
+        <v>1</v>
+      </c>
+      <c r="D620" s="159" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="621" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A621" s="199"/>
+      <c r="B621" s="196"/>
+      <c r="C621" s="145">
+        <v>2</v>
+      </c>
+      <c r="D621" s="161" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="622" spans="1:4" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A622" s="200"/>
+      <c r="B622" s="197"/>
+      <c r="C622" s="162">
+        <v>3</v>
+      </c>
+      <c r="D622" s="163" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="623" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A623" s="156"/>
+      <c r="B623" s="157"/>
+    </row>
+    <row r="624" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A624" s="156"/>
+      <c r="B624" s="157"/>
+    </row>
+    <row r="625" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A625" s="156"/>
+      <c r="B625" s="157"/>
+    </row>
+    <row r="626" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A626" s="156"/>
+      <c r="B626" s="157"/>
+    </row>
+    <row r="627" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A627" s="156"/>
+      <c r="B627" s="157"/>
+    </row>
+    <row r="628" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A628" s="156"/>
+      <c r="B628" s="157"/>
+    </row>
+    <row r="629" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A629" s="156"/>
+      <c r="B629" s="157"/>
+    </row>
+    <row r="630" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A630" s="156"/>
+      <c r="B630" s="157"/>
+    </row>
+    <row r="631" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A631" s="156"/>
+      <c r="B631" s="157"/>
+    </row>
+    <row r="632" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A632" s="156"/>
+      <c r="B632" s="157"/>
+    </row>
+    <row r="633" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A633" s="156"/>
+      <c r="B633" s="157"/>
+    </row>
+    <row r="634" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A634" s="156"/>
+      <c r="B634" s="157"/>
+    </row>
+    <row r="635" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A635" s="156"/>
+      <c r="B635" s="157"/>
+    </row>
+    <row r="636" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A636" s="156"/>
+      <c r="B636" s="157"/>
+    </row>
+    <row r="637" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A637" s="156"/>
+      <c r="B637" s="157"/>
+    </row>
+    <row r="638" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A638" s="156"/>
+      <c r="B638" s="157"/>
+    </row>
+    <row r="639" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A639" s="156"/>
+      <c r="B639" s="157"/>
+    </row>
+    <row r="640" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A640" s="156"/>
+      <c r="B640" s="157"/>
+    </row>
+    <row r="641" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A641" s="156"/>
+      <c r="B641" s="157"/>
+    </row>
+    <row r="642" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A642" s="156"/>
+      <c r="B642" s="157"/>
+    </row>
+    <row r="643" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D643" s="111"/>
     </row>
   </sheetData>
-  <mergeCells count="86">
-[...3 lines deleted...]
-    <mergeCell ref="A580:A608"/>
+  <mergeCells count="92">
+    <mergeCell ref="B585:B613"/>
+    <mergeCell ref="A585:A613"/>
+    <mergeCell ref="B614:B616"/>
+    <mergeCell ref="A614:A616"/>
+    <mergeCell ref="A617:A619"/>
+    <mergeCell ref="B617:B619"/>
+    <mergeCell ref="B575:B584"/>
+    <mergeCell ref="A575:A584"/>
+    <mergeCell ref="B509:B513"/>
+    <mergeCell ref="A509:A513"/>
+    <mergeCell ref="B514:B519"/>
+    <mergeCell ref="A514:A519"/>
+    <mergeCell ref="B520:B574"/>
+    <mergeCell ref="A520:A574"/>
+    <mergeCell ref="A475:A479"/>
+    <mergeCell ref="B475:B479"/>
+    <mergeCell ref="B480:B503"/>
+    <mergeCell ref="A480:A503"/>
     <mergeCell ref="B504:B508"/>
     <mergeCell ref="A504:A508"/>
-    <mergeCell ref="B509:B514"/>
-[...8 lines deleted...]
-    <mergeCell ref="A499:A503"/>
+    <mergeCell ref="B417:B424"/>
+    <mergeCell ref="A417:A424"/>
     <mergeCell ref="B456:B462"/>
     <mergeCell ref="A456:A462"/>
-    <mergeCell ref="B463:B469"/>
-    <mergeCell ref="A463:A469"/>
+    <mergeCell ref="B463:B474"/>
+    <mergeCell ref="A463:A474"/>
     <mergeCell ref="B425:B432"/>
     <mergeCell ref="A425:A432"/>
     <mergeCell ref="B433:B451"/>
     <mergeCell ref="A433:A451"/>
     <mergeCell ref="B452:B455"/>
     <mergeCell ref="A452:A455"/>
-    <mergeCell ref="B396:B408"/>
-[...10 lines deleted...]
-    <mergeCell ref="A344:A395"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="B4:B16"/>
     <mergeCell ref="A4:A16"/>
     <mergeCell ref="B17:B24"/>
     <mergeCell ref="A17:A24"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B25:B33"/>
     <mergeCell ref="A25:A33"/>
     <mergeCell ref="B34:B35"/>
     <mergeCell ref="A34:A35"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="B38:B42"/>
     <mergeCell ref="A38:A42"/>
     <mergeCell ref="B44:B59"/>
     <mergeCell ref="A44:A59"/>
     <mergeCell ref="B60:B68"/>
     <mergeCell ref="A60:A68"/>
     <mergeCell ref="B70:B72"/>
     <mergeCell ref="A70:A72"/>
     <mergeCell ref="A73:A75"/>
     <mergeCell ref="B73:B75"/>
     <mergeCell ref="B76:B81"/>
     <mergeCell ref="A76:A81"/>
     <mergeCell ref="B82:B84"/>
     <mergeCell ref="A82:A84"/>
     <mergeCell ref="B85:B91"/>
     <mergeCell ref="A85:A91"/>
     <mergeCell ref="B92:B105"/>
     <mergeCell ref="A92:A105"/>
     <mergeCell ref="B106:B119"/>
     <mergeCell ref="A106:A119"/>
     <mergeCell ref="B143:B165"/>
     <mergeCell ref="A143:A165"/>
     <mergeCell ref="B166:B188"/>
     <mergeCell ref="A166:A188"/>
     <mergeCell ref="B120:B142"/>
     <mergeCell ref="A120:A142"/>
-    <mergeCell ref="B258:B290"/>
-[...2 lines deleted...]
-    <mergeCell ref="A291:A320"/>
     <mergeCell ref="B189:B209"/>
     <mergeCell ref="A189:A209"/>
     <mergeCell ref="B210:B246"/>
     <mergeCell ref="A210:A246"/>
     <mergeCell ref="B247:B257"/>
     <mergeCell ref="A247:A257"/>
+    <mergeCell ref="B620:B622"/>
+    <mergeCell ref="A620:A622"/>
+    <mergeCell ref="B258:B290"/>
+    <mergeCell ref="A258:A290"/>
+    <mergeCell ref="B291:B320"/>
+    <mergeCell ref="A291:A320"/>
+    <mergeCell ref="A321:A330"/>
+    <mergeCell ref="B321:B330"/>
+    <mergeCell ref="B331:B343"/>
+    <mergeCell ref="A331:A343"/>
+    <mergeCell ref="B344:B395"/>
+    <mergeCell ref="A344:A395"/>
+    <mergeCell ref="B396:B408"/>
+    <mergeCell ref="A396:A408"/>
+    <mergeCell ref="B409:B416"/>
+    <mergeCell ref="A409:A416"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D522" r:id="rId1" display="https://stisc.gov.md/ro/directii-de-activitate" xr:uid="{13D95330-92C5-4BA0-8F36-3C5FC59EA1CD}"/>
+    <hyperlink ref="D527" r:id="rId1" display="https://stisc.gov.md/ro/directii-de-activitate" xr:uid="{13D95330-92C5-4BA0-8F36-3C5FC59EA1CD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10737EA6-3B18-4ED8-A036-A03787A2BD82}">
   <dimension ref="A1:C32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="A25" sqref="A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="14.42578125" customWidth="1"/>
-    <col min="3" max="3" width="14.85546875" style="128" customWidth="1"/>
+    <col min="3" max="3" width="14.85546875" style="127" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="139" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="140"/>
+      <c r="A1" s="175" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="176"/>
+      <c r="C1" s="176"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="78" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" s="25" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="28" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="27" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="27" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="32" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A20" s="22" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C20" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C21" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
     </row>
     <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" s="12" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C23" s="12"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C24" s="25"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="31" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B25" s="25"/>
       <c r="C25" s="25"/>
     </row>
     <row r="26" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B26" s="19"/>
       <c r="C26" s="19"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C29" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="42">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="177" t="s">
         <v>51</v>
       </c>
-      <c r="B30" s="25" t="s">
-[...11 lines deleted...]
-      <c r="C32" s="141"/>
+      <c r="B32" s="177"/>
+      <c r="C32" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A32:C32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{154B21DE-18DA-4713-B8D1-B1C7D7CC38B8}">
   <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="49.7109375" customWidth="1"/>
     <col min="2" max="3" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="142" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="142"/>
+      <c r="A1" s="178" t="s">
+        <v>52</v>
+      </c>
+      <c r="B1" s="178"/>
+      <c r="C1" s="178"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="75" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="44" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="22" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="32" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20" s="19"/>
       <c r="C20" s="19"/>
     </row>
     <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="12" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C21" s="12"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C22" s="25"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C23" s="25"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C26" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="43" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="177" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="25" t="s">
-[...11 lines deleted...]
-      <c r="C31" s="141"/>
+      <c r="B31" s="177"/>
+      <c r="C31" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A31:C31"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E1E3EAD1-EAFB-4611-A99F-E5BFCCC32888}">
-  <dimension ref="A1:C32"/>
+  <dimension ref="A1:C33"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="U11" sqref="U11"/>
+    <sheetView topLeftCell="A14" workbookViewId="0">
+      <selection activeCell="A19" sqref="A19:XFD19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.140625" customWidth="1"/>
     <col min="2" max="3" width="13.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="143" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="144"/>
+      <c r="A1" s="179" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1" s="180"/>
+      <c r="C1" s="180"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="105" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="B18" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" s="142" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="140" t="s">
+        <v>736</v>
+      </c>
+      <c r="B19" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="22" t="s">
         <v>66</v>
       </c>
-      <c r="B18" s="25" t="s">
-[...13 lines deleted...]
-      <c r="C19" s="25">
+      <c r="B20" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="25">
         <v>2</v>
       </c>
     </row>
-    <row r="20" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A20" s="22" t="s">
+    <row r="21" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A21" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+    </row>
+    <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="25"/>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C24" s="25"/>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="B25" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="B20" s="25" t="s">
-[...32 lines deleted...]
-      <c r="A24" s="46" t="s">
+      <c r="C25" s="25"/>
+    </row>
+    <row r="26" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="B24" s="25" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B26" s="19"/>
+      <c r="C26" s="19"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="32" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A28" s="43" t="s">
-        <v>50</v>
+      <c r="A28" s="32" t="s">
+        <v>48</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="43" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C29" s="25">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:3" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C32" s="141"/>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="43" t="s">
+        <v>67</v>
+      </c>
+      <c r="B30" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B33" s="177"/>
+      <c r="C33" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A33:C33"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8B881AA7-22A1-4062-8AB8-84C295DA583B}">
   <dimension ref="A1:C34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="46.5703125" customWidth="1"/>
     <col min="2" max="3" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="145" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="146"/>
+      <c r="A1" s="181" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1" s="182"/>
+      <c r="C1" s="182"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="22" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="32" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="26" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C20" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C21" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="52" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C22" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>
     </row>
     <row r="24" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" s="25" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C24" s="25"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C25" s="25"/>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C26" s="25"/>
     </row>
     <row r="27" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B27" s="53"/>
       <c r="C27" s="19"/>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C28" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C29" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="43" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C30" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="43" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B31" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C31" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C34" s="141"/>
+      <c r="A34" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B34" s="177"/>
+      <c r="C34" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A34:C34"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{420D51AC-3F26-4A47-9841-A9F50DBB04BC}">
-  <dimension ref="A1:C36"/>
+  <dimension ref="A1:C40"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" workbookViewId="0">
-      <selection activeCell="O5" sqref="O5"/>
+    <sheetView topLeftCell="A21" workbookViewId="0">
+      <selection activeCell="A24" sqref="A24:A27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="46.7109375" customWidth="1"/>
     <col min="2" max="3" width="14.28515625" style="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="147" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="148"/>
+      <c r="A1" s="183" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1" s="184"/>
+      <c r="C1" s="184"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="48" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="99" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="49" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="28" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="49" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="49" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C12" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="50" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B13" s="19"/>
       <c r="C13" s="19"/>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B14" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C14" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="49" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="54" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C19" s="12">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C20" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A21" s="24" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C21" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="38" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C22" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="37" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C23" s="25">
         <v>2</v>
       </c>
     </row>
-    <row r="24" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-        <v>46</v>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="143" t="s">
+        <v>737</v>
+      </c>
+      <c r="B24" s="141" t="s">
+        <v>740</v>
+      </c>
+      <c r="C24" s="141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="143" t="s">
+        <v>738</v>
+      </c>
+      <c r="B25" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25" s="141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="143" t="s">
+        <v>736</v>
+      </c>
+      <c r="B26" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="143" t="s">
+        <v>739</v>
+      </c>
+      <c r="B27" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" s="141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A28" s="49" t="s">
+        <v>59</v>
       </c>
       <c r="B28" s="25" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="C28" s="25"/>
+        <v>21</v>
+      </c>
+      <c r="C28" s="25">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="51" t="s">
-        <v>47</v>
+      <c r="A29" s="50" t="s">
+        <v>41</v>
       </c>
       <c r="B29" s="19"/>
       <c r="C29" s="19"/>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="18" t="s">
+    <row r="30" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="49" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="25"/>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="49" t="s">
+        <v>44</v>
+      </c>
+      <c r="B31" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="25"/>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="31" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="C32" s="25"/>
+    </row>
+    <row r="33" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="51" t="s">
+        <v>46</v>
+      </c>
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B34" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C34" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="18" t="s">
         <v>48</v>
       </c>
-      <c r="B30" s="25" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="18" t="s">
+      <c r="B35" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="B31" s="25" t="s">
-[...33 lines deleted...]
-      <c r="C36" s="141"/>
+      <c r="B36" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B37" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C37" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B40" s="177"/>
+      <c r="C40" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="A40:C40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EEB1DF2-7C13-4352-993C-09B12652B512}">
   <dimension ref="A1:C32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="43" customWidth="1"/>
     <col min="2" max="3" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="149" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="149"/>
+      <c r="A1" s="185" t="s">
+        <v>83</v>
+      </c>
+      <c r="B1" s="185"/>
+      <c r="C1" s="185"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="99" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="152.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="49" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="28" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="49" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="49" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="49" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="50" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="18" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="18" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A19" s="49" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A20" s="37" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C20" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="50" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B21" s="19"/>
       <c r="C21" s="19"/>
     </row>
     <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="B22" s="25" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C22" s="25"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="49" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C23" s="25"/>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="31" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B24" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C24" s="25"/>
     </row>
     <row r="25" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="51" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B25" s="53"/>
       <c r="C25" s="19"/>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="18" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C26" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="18" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B28" s="55" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C29" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C32" s="141"/>
+      <c r="A32" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B32" s="177"/>
+      <c r="C32" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A32:C32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E678E137-8746-4597-981F-DB61B9B1AD20}">
-  <dimension ref="A1:C34"/>
+  <dimension ref="A1:C35"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="L5" sqref="L5"/>
+    <sheetView topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="A22" sqref="A22:C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.140625" style="10" customWidth="1"/>
     <col min="2" max="3" width="13.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="150" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="150"/>
+      <c r="A1" s="186" t="s">
+        <v>88</v>
+      </c>
+      <c r="B1" s="186"/>
+      <c r="C1" s="186"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="155.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="32" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B18" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="32" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="26" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B20" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C20" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B21" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C21" s="25">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A22" s="22" t="s">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="140" t="s">
+        <v>736</v>
+      </c>
+      <c r="B22" s="141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="141">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="60" x14ac:dyDescent="0.25">
+      <c r="A23" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C23" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+    </row>
+    <row r="25" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C25" s="25"/>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="22" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="25"/>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="B27" s="25" t="s">
         <v>60</v>
       </c>
-      <c r="B22" s="25" t="s">
-[...32 lines deleted...]
-      <c r="A26" s="46" t="s">
+      <c r="C27" s="25"/>
+    </row>
+    <row r="28" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="B26" s="25" t="s">
-[...20 lines deleted...]
-      </c>
+      <c r="B28" s="53"/>
+      <c r="C28" s="19"/>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="32" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B29" s="25" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C29" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="43" t="s">
-        <v>50</v>
+      <c r="A30" s="32" t="s">
+        <v>48</v>
       </c>
       <c r="B30" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C30" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="43" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="B31" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C31" s="25">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="1:3" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C34" s="141"/>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="43" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C32" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="177" t="s">
+        <v>51</v>
+      </c>
+      <c r="B35" s="177"/>
+      <c r="C35" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
-    <mergeCell ref="A34:C34"/>
+    <mergeCell ref="A35:C35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CBC4EF7A-8E53-4B1D-81BB-BCE5A1AA8D28}">
   <dimension ref="A1:C31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="48.42578125" customWidth="1"/>
     <col min="2" max="3" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="149" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="149"/>
+      <c r="A1" s="185" t="s">
+        <v>91</v>
+      </c>
+      <c r="B1" s="185"/>
+      <c r="C1" s="185"/>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="43"/>
       <c r="B2" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="15" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="30" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="15"/>
     </row>
     <row r="4" spans="1:3" ht="75" x14ac:dyDescent="0.25">
       <c r="A4" s="44" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B4" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C4" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="135" x14ac:dyDescent="0.25">
       <c r="A5" s="22" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B5" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C5" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="12" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="25" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C7" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C8" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="22" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C9" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="22" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C10" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="22" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C11" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B13" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="23" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="19"/>
       <c r="C14" s="15"/>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="32" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B15" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C15" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="32" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B16" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C16" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="32" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B17" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C17" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A18" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="12">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B19" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C19" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="23" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B20" s="19"/>
       <c r="C20" s="19"/>
     </row>
     <row r="21" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="25" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C21" s="25"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B22" s="25" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C22" s="25"/>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="46" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B23" s="25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C23" s="25"/>
     </row>
     <row r="24" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="20" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B25" s="25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C25" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="32" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B26" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C26" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="43" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B27" s="25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C27" s="25">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="43" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28" s="25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="177" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="25" t="s">
-[...11 lines deleted...]
-      <c r="C31" s="141"/>
+      <c r="B31" s="177"/>
+      <c r="C31" s="177"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A31:C31"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100703B488AC4D54D41969A52DC2C19756A" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7199826a3e345ffce3a5ab9b7c326a7f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3444403-f3ee-4177-94fe-65e1cbd0c3f2" xmlns:ns3="45e793ef-0031-4b09-a8ac-54742f93ccb1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44b4860a659856b7e0589ee268e709e9" ns2:_="" ns3:_="">
     <xsd:import namespace="e3444403-f3ee-4177-94fe-65e1cbd0c3f2"/>
     <xsd:import namespace="45e793ef-0031-4b09-a8ac-54742f93ccb1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:OriginalNegotiationId" minOccurs="0"/>
                 <xsd:element ref="ns2:OriginalFileName" minOccurs="0"/>
                 <xsd:element ref="ns2:NegotiationNumber" minOccurs="0"/>
                 <xsd:element ref="ns2:FileNameDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:FileClassificationMode" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentCategory" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:Token" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
@@ -16326,80 +17299,71 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <NegotiationNumber xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">UNDP-MDA-00894</NegotiationNumber>
+    <NegotiationNumber xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">UNDP-MDA-00894,3</NegotiationNumber>
     <DocumentCategory xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">TO_SUPPLIER</DocumentCategory>
     <FileClassificationMode xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">Public</FileClassificationMode>
     <FileNameDescription xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2" xsi:nil="true"/>
-    <OriginalFileName xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">ITB26_03170_Annex 1_Equipment, Services_Technical Specifications.xlsx</OriginalFileName>
+    <OriginalFileName xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">Revised Annex 1_Equipment, Services and Technical Specifications.xlsx</OriginalFileName>
     <OriginalNegotiationId xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">300003415070028</OriginalNegotiationId>
-    <_dlc_DocId xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1">UNDPPUBDOCS-2047177221-1574947</_dlc_DocId>
+    <_dlc_DocId xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1">UNDPPUBDOCS-2047177221-1586608</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1">
-      <Url>https://undp.sharepoint.com/sites/Docs-Public/_layouts/15/DocIdRedir.aspx?ID=UNDPPUBDOCS-2047177221-1574947</Url>
-      <Description>UNDPPUBDOCS-2047177221-1574947</Description>
+      <Url>https://undp.sharepoint.com/sites/Docs-Public/_layouts/15/DocIdRedir.aspx?ID=UNDPPUBDOCS-2047177221-1586608</Url>
+      <Description>UNDPPUBDOCS-2047177221-1586608</Description>
     </_dlc_DocIdUrl>
     <Token xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -16409,76 +17373,80 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C44DC0D-5ECF-479D-9118-4CE3C4281D10}"/>
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DE9C758-FE4E-4CF8-979C-BC9C483D56A5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8DBB2FC-A85B-4850-B09A-6E5919D46DF5}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6EA5AE4C-A3AB-4994-9416-4EA8120514D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="cde74a6c-6be9-44df-a362-f8fbfead97bd"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="cdc20d2c-2931-413b-ad06-1f0f54d2759b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CF52ECB-D066-4B24-967A-635C9C980404}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53F766ED-9B50-42AD-AE6E-0543B92713E6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Cover</vt:lpstr>
       <vt:lpstr>1. AQMS Edinet</vt:lpstr>
       <vt:lpstr>2. AQMS Balti</vt:lpstr>
       <vt:lpstr>3. AQMS Balti</vt:lpstr>
       <vt:lpstr>4. AQMS Cahul</vt:lpstr>
       <vt:lpstr>5. AQMS Leova</vt:lpstr>
@@ -16509,54 +17477,54 @@
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mihail Balan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100703B488AC4D54D41969A52DC2C19756A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>f4bde9db-4336-4c76-8411-5ad574ec89ec</vt:lpwstr>
+    <vt:lpwstr>edfa2d3e-026b-4c19-9e5c-111e2a77b319</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
-    <vt:r8>157494700</vt:r8>
+    <vt:r8>158660800</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_SharedFileIndex">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>